--- v0 (2025-11-21)
+++ v1 (2025-12-14)
@@ -181,117 +181,117 @@
   <si>
     <t>PT</t>
   </si>
   <si>
     <t>Legendmain Filmes</t>
   </si>
   <si>
     <t>SI</t>
   </si>
   <si>
     <t>Demiurg</t>
   </si>
   <si>
     <t>SK</t>
   </si>
   <si>
     <t>Film Europe</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>LV</t>
+  </si>
+  <si>
+    <t>BR</t>
+  </si>
+  <si>
+    <t>O Verão de Sangaile</t>
+  </si>
+  <si>
+    <t>Der Sommer von Sangailé</t>
+  </si>
+  <si>
+    <t>Sommeren med Sangaile</t>
+  </si>
+  <si>
+    <t>El verano de Sangaile</t>
+  </si>
+  <si>
+    <t>Summer</t>
+  </si>
+  <si>
+    <t>Ljeto za Sangailé</t>
+  </si>
+  <si>
+    <t>HU</t>
+  </si>
+  <si>
+    <t>Szerelmem, Sangaile</t>
+  </si>
+  <si>
+    <t>Sangaile</t>
+  </si>
+  <si>
+    <t>Lato Sangaile</t>
+  </si>
+  <si>
+    <t>O Verão de Sangailé</t>
+  </si>
+  <si>
+    <t>Poletje s Sangaile</t>
+  </si>
+  <si>
+    <t>Sangaïlé</t>
+  </si>
+  <si>
+    <t>GR</t>
+  </si>
+  <si>
+    <t>Το καλοκαίρι του έρωτά μου</t>
+  </si>
+  <si>
+    <t>HK</t>
+  </si>
+  <si>
+    <t>攣攣初夏</t>
+  </si>
+  <si>
+    <t>CN</t>
+  </si>
+  <si>
+    <t>桑格莉之夏</t>
+  </si>
+  <si>
     <t>GB,SE,US</t>
   </si>
   <si>
     <t>The Summer of Sangaile</t>
-  </si>
-[...61 lines deleted...]
-    <t>桑格莉之夏</t>
   </si>
   <si>
     <t>The Summer of Sangaïlé</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="### ### ##0"/>
   </numFmts>
   <fonts count="3">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
@@ -1127,150 +1127,150 @@
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B19"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="12.140625" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="27.85546875" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" t="s">
         <v>55</v>
       </c>
       <c r="B2" t="s">
-        <v>56</v>
+        <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:2">
       <c r="A3" t="s">
+        <v>56</v>
+      </c>
+      <c r="B3" t="s">
         <v>57</v>
-      </c>
-[...1 lines deleted...]
-        <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:2">
       <c r="A4" t="s">
+        <v>32</v>
+      </c>
+      <c r="B4" t="s">
         <v>58</v>
-      </c>
-[...1 lines deleted...]
-        <v>59</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="A5" t="s">
-        <v>32</v>
+        <v>34</v>
       </c>
       <c r="B5" t="s">
-        <v>60</v>
+        <v>59</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="A6" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="B6" t="s">
-        <v>61</v>
+        <v>60</v>
       </c>
     </row>
     <row r="7" spans="1:2">
       <c r="A7" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="B7" t="s">
-        <v>62</v>
+        <v>61</v>
       </c>
     </row>
     <row r="8" spans="1:2">
       <c r="A8" t="s">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="B8" t="s">
-        <v>63</v>
+        <v>62</v>
       </c>
     </row>
     <row r="9" spans="1:2">
       <c r="A9" t="s">
-        <v>40</v>
+        <v>63</v>
       </c>
       <c r="B9" t="s">
         <v>64</v>
       </c>
     </row>
     <row r="10" spans="1:2">
       <c r="A10" t="s">
+        <v>42</v>
+      </c>
+      <c r="B10" t="s">
         <v>65</v>
-      </c>
-[...1 lines deleted...]
-        <v>66</v>
       </c>
     </row>
     <row r="11" spans="1:2">
       <c r="A11" t="s">
-        <v>42</v>
+        <v>45</v>
       </c>
       <c r="B11" t="s">
-        <v>67</v>
+        <v>66</v>
       </c>
     </row>
     <row r="12" spans="1:2">
       <c r="A12" t="s">
-        <v>45</v>
+        <v>47</v>
       </c>
       <c r="B12" t="s">
-        <v>68</v>
+        <v>67</v>
       </c>
     </row>
     <row r="13" spans="1:2">
       <c r="A13" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
       <c r="B13" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="14" spans="1:2">
+      <c r="B14" t="s">
         <v>69</v>
       </c>
     </row>
-    <row r="14" spans="1:2">
-[...3 lines deleted...]
-      <c r="B14" t="s">
+    <row r="15" spans="1:2">
+      <c r="A15" t="s">
         <v>70</v>
       </c>
-    </row>
-    <row r="15" spans="1:2">
       <c r="B15" t="s">
         <v>71</v>
       </c>
     </row>
     <row r="16" spans="1:2">
       <c r="A16" t="s">
         <v>72</v>
       </c>
       <c r="B16" t="s">
         <v>73</v>
       </c>
     </row>
     <row r="17" spans="1:2">
       <c r="A17" t="s">
         <v>74</v>
       </c>
       <c r="B17" t="s">
         <v>75</v>
       </c>
     </row>
     <row r="18" spans="1:2">
       <c r="A18" t="s">
         <v>76</v>
       </c>
       <c r="B18" t="s">