--- v0 (2026-01-01)
+++ v1 (2026-01-21)
@@ -181,96 +181,96 @@
   <si>
     <t>PT</t>
   </si>
   <si>
     <t>Alambique</t>
   </si>
   <si>
     <t>SE</t>
   </si>
   <si>
     <t>Edge Entertainment</t>
   </si>
   <si>
     <t>TR</t>
   </si>
   <si>
     <t>M3 Film</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>Bekleyis</t>
+  </si>
+  <si>
+    <t>GB,IT,US</t>
+  </si>
+  <si>
+    <t>Ootus</t>
+  </si>
+  <si>
+    <t>BR,PT</t>
+  </si>
+  <si>
+    <t>A Espera</t>
+  </si>
+  <si>
+    <t>Mellem to kvinder</t>
+  </si>
+  <si>
+    <t>La espera</t>
+  </si>
+  <si>
+    <t>FI,SE</t>
+  </si>
+  <si>
+    <t>I väntan på ett mirakel</t>
+  </si>
+  <si>
+    <t>Palaa luokseni vielä</t>
+  </si>
+  <si>
+    <t>L'attente</t>
+  </si>
+  <si>
+    <t>HU</t>
+  </si>
+  <si>
+    <t>A várakozás</t>
+  </si>
+  <si>
     <t>PL</t>
   </si>
   <si>
     <t>Oczekiwanie</t>
   </si>
   <si>
     <t>Bekleyiş</t>
-  </si>
-[...37 lines deleted...]
-    <t>A várakozás</t>
   </si>
   <si>
     <t>Η μεγάλη αναμονή</t>
   </si>
   <si>
     <t>RU</t>
   </si>
   <si>
     <t>Ожидание</t>
   </si>
   <si>
     <t>CN</t>
   </si>
   <si>
     <t>等待</t>
   </si>
   <si>
     <t>AU</t>
   </si>
   <si>
     <t>The Wait</t>
   </si>
 </sst>
 </file>
 
@@ -1125,139 +1125,139 @@
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B17"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="12.140625" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="21" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" t="s">
+        <v>51</v>
+      </c>
+      <c r="B2" t="s">
         <v>55</v>
-      </c>
-[...1 lines deleted...]
-        <v>56</v>
       </c>
     </row>
     <row r="3" spans="1:2">
       <c r="A3" t="s">
-        <v>51</v>
+        <v>56</v>
       </c>
       <c r="B3" t="s">
-        <v>57</v>
+        <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:2">
       <c r="A4" t="s">
-        <v>51</v>
+        <v>31</v>
       </c>
       <c r="B4" t="s">
-        <v>58</v>
+        <v>57</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="A5" t="s">
+        <v>58</v>
+      </c>
+      <c r="B5" t="s">
         <v>59</v>
-      </c>
-[...1 lines deleted...]
-        <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="A6" t="s">
-        <v>31</v>
+        <v>29</v>
       </c>
       <c r="B6" t="s">
         <v>60</v>
       </c>
     </row>
     <row r="7" spans="1:2">
       <c r="A7" t="s">
+        <v>33</v>
+      </c>
+      <c r="B7" t="s">
         <v>61</v>
-      </c>
-[...1 lines deleted...]
-        <v>62</v>
       </c>
     </row>
     <row r="8" spans="1:2">
       <c r="A8" t="s">
-        <v>29</v>
+        <v>62</v>
       </c>
       <c r="B8" t="s">
         <v>63</v>
       </c>
     </row>
     <row r="9" spans="1:2">
       <c r="A9" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="B9" t="s">
         <v>64</v>
       </c>
     </row>
     <row r="10" spans="1:2">
       <c r="A10" t="s">
+        <v>37</v>
+      </c>
+      <c r="B10" t="s">
         <v>65</v>
-      </c>
-[...1 lines deleted...]
-        <v>66</v>
       </c>
     </row>
     <row r="11" spans="1:2">
       <c r="A11" t="s">
-        <v>35</v>
+        <v>66</v>
       </c>
       <c r="B11" t="s">
         <v>67</v>
       </c>
     </row>
     <row r="12" spans="1:2">
       <c r="A12" t="s">
-        <v>37</v>
+        <v>68</v>
       </c>
       <c r="B12" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
     </row>
     <row r="13" spans="1:2">
       <c r="A13" t="s">
-        <v>69</v>
+        <v>51</v>
       </c>
       <c r="B13" t="s">
         <v>70</v>
       </c>
     </row>
     <row r="14" spans="1:2">
       <c r="A14" t="s">
         <v>41</v>
       </c>
       <c r="B14" t="s">
         <v>71</v>
       </c>
     </row>
     <row r="15" spans="1:2">
       <c r="A15" t="s">
         <v>72</v>
       </c>
       <c r="B15" t="s">
         <v>73</v>
       </c>
     </row>
     <row r="16" spans="1:2">
       <c r="A16" t="s">
         <v>74</v>
       </c>