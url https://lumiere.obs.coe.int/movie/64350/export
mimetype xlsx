--- v0 (2025-11-26)
+++ v1 (2025-12-16)
@@ -115,75 +115,75 @@
   <si>
     <t>GB</t>
   </si>
   <si>
     <t>IE</t>
   </si>
   <si>
     <t>IS</t>
   </si>
   <si>
     <t>Myndform</t>
   </si>
   <si>
     <t>PT</t>
   </si>
   <si>
     <t>Pris Audiovisuais</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>BG</t>
+  </si>
+  <si>
+    <t>33-мата</t>
+  </si>
+  <si>
     <t>AU,CA,FR,GB,IT,US</t>
   </si>
   <si>
     <t>PL,RU</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
     <t>TR</t>
   </si>
   <si>
     <t>Maden</t>
   </si>
   <si>
     <t>AR,CL,CO,MX</t>
   </si>
   <si>
     <t>Los 33</t>
-  </si>
-[...4 lines deleted...]
-    <t>33-мата</t>
   </si>
   <si>
     <t>BR,PT</t>
   </si>
   <si>
     <t>Os 33</t>
   </si>
   <si>
     <t>CA,FR</t>
   </si>
   <si>
     <t>Les 33</t>
   </si>
   <si>
     <t>69 Tage Hoffnung</t>
   </si>
   <si>
     <t>ES</t>
   </si>
   <si>
     <t>Los 33: una historia de esperanza</t>
   </si>
   <si>
     <t>HU</t>
   </si>
@@ -822,59 +822,59 @@
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B13"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="17.28515625" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="29.85546875" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" t="s">
         <v>33</v>
       </c>
       <c r="B2" t="s">
-        <v>1</v>
+        <v>34</v>
       </c>
     </row>
     <row r="3" spans="1:2">
       <c r="A3" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="B3" t="s">
-        <v>35</v>
+        <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:2">
       <c r="A4" t="s">
         <v>36</v>
       </c>
       <c r="B4" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="A5" t="s">
         <v>38</v>
       </c>
       <c r="B5" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="A6" t="s">
         <v>40</v>
       </c>
       <c r="B6" t="s">
         <v>41</v>
       </c>