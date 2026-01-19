--- v0 (2025-12-06)
+++ v1 (2026-01-19)
@@ -124,60 +124,60 @@
   <si>
     <t>GB</t>
   </si>
   <si>
     <t>Sky Atlantic</t>
   </si>
   <si>
     <t>HU</t>
   </si>
   <si>
     <t>Cinefil Co</t>
   </si>
   <si>
     <t>IT</t>
   </si>
   <si>
     <t>Lucky Red</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>Droga do wyzwolenia: Scjentologia, Hollywood i pulapki wiary</t>
+  </si>
+  <si>
+    <t>FI</t>
+  </si>
+  <si>
+    <t>Fångade av scientologin</t>
+  </si>
+  <si>
     <t>Going Clear</t>
-  </si>
-[...7 lines deleted...]
-    <t>Fångade av scientologin</t>
   </si>
   <si>
     <t>Going Clear: Scientology</t>
   </si>
   <si>
     <t>Going Clear: Scientology e la prigione della fede</t>
   </si>
   <si>
     <t>FR</t>
   </si>
   <si>
     <t>Going Clear Scientology: La vérité révélée au grand jour</t>
   </si>
   <si>
     <t>Scientologie, sous emprise</t>
   </si>
   <si>
     <t>Scientologi - troens fengsel?</t>
   </si>
   <si>
     <t>DE</t>
   </si>
   <si>
     <t>Scientology: Ein Glaubensgefängnis</t>
   </si>
@@ -854,65 +854,65 @@
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B15"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="12.140625" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="55.5703125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="B2" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="3" spans="1:2">
+      <c r="A3" t="s">
+        <v>37</v>
+      </c>
       <c r="B3" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
     </row>
     <row r="4" spans="1:2">
-      <c r="A4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="B4" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="A5" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="B5" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="B6" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="7" spans="1:2">
       <c r="A7" t="s">
         <v>42</v>
       </c>
       <c r="B7" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="8" spans="1:2">
       <c r="B8" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="9" spans="1:2">
       <c r="A9" t="s">