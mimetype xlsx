--- v0 (2025-11-20)
+++ v1 (2026-01-22)
@@ -190,60 +190,60 @@
   <si>
     <t>NO</t>
   </si>
   <si>
     <t>Cinematekene</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>Tongariro</t>
   </si>
   <si>
     <t>PT</t>
   </si>
   <si>
     <t>Films4You</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>Tangerine L.A.</t>
+  </si>
+  <si>
     <t>AR,AU,CA,ES,FR,GB,GR,IE,IT,NL,NZ,PT,SE,US</t>
   </si>
   <si>
     <t>BR</t>
   </si>
   <si>
     <t>Tangerina</t>
-  </si>
-[...1 lines deleted...]
-    <t>Tangerine L.A.</t>
   </si>
   <si>
     <t>JP</t>
   </si>
   <si>
     <t>タンジェリン</t>
   </si>
   <si>
     <t>MX</t>
   </si>
   <si>
     <t>Tangerine: chicas fabulosas</t>
   </si>
   <si>
     <t>Mandarynka</t>
   </si>
   <si>
     <t>RS</t>
   </si>
   <si>
     <t>Mandarina</t>
   </si>
   <si>
     <t>RU,UA</t>
   </si>
@@ -1225,67 +1225,67 @@
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B9"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="39.140625" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="25" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" t="s">
+        <v>35</v>
+      </c>
+      <c r="B2" t="s">
         <v>58</v>
-      </c>
-[...1 lines deleted...]
-        <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:2">
       <c r="A3" t="s">
         <v>59</v>
       </c>
       <c r="B3" t="s">
-        <v>60</v>
+        <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:2">
       <c r="A4" t="s">
-        <v>35</v>
+        <v>60</v>
       </c>
       <c r="B4" t="s">
         <v>61</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="A5" t="s">
         <v>62</v>
       </c>
       <c r="B5" t="s">
         <v>63</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="A6" t="s">
         <v>64</v>
       </c>
       <c r="B6" t="s">
         <v>65</v>
       </c>
     </row>
     <row r="7" spans="1:2">
       <c r="A7" t="s">
         <v>52</v>
       </c>