--- v0 (2025-12-05)
+++ v1 (2026-02-12)
@@ -205,78 +205,78 @@
   <si>
     <t>Santa Fe Productions</t>
   </si>
   <si>
     <t>NL</t>
   </si>
   <si>
     <t>NO</t>
   </si>
   <si>
     <t>Tour de Force</t>
   </si>
   <si>
     <t>SE</t>
   </si>
   <si>
     <t>Studio S Entertainment</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>TR</t>
+  </si>
+  <si>
+    <t>Mayin Ülkesi</t>
+  </si>
+  <si>
+    <t>GR</t>
+  </si>
+  <si>
+    <t>Κάτω απ’ την άμμο</t>
+  </si>
+  <si>
+    <t>UA</t>
+  </si>
+  <si>
+    <t>Пiд пiском</t>
+  </si>
+  <si>
+    <t>CN</t>
+  </si>
+  <si>
+    <t>地雷区</t>
+  </si>
+  <si>
     <t>AR</t>
   </si>
   <si>
     <t>Tierra minada</t>
-  </si>
-[...22 lines deleted...]
-    <t>Пiд пiском</t>
   </si>
   <si>
     <t>AT,DE</t>
   </si>
   <si>
     <t>Unter dem Sand</t>
   </si>
   <si>
     <t>AU,CA,GB,IE,NL,SE,US</t>
   </si>
   <si>
     <t>Land of Mine</t>
   </si>
   <si>
     <t>BG</t>
   </si>
   <si>
     <t>Под пясъка</t>
   </si>
   <si>
     <t>BR,PT</t>
   </si>
   <si>
     <t>Terra de Minas</t>
   </si>
@@ -1441,70 +1441,70 @@
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B35"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="20" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="42.42578125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" t="s">
-        <v>63</v>
+        <v>39</v>
       </c>
       <c r="B2" t="s">
-        <v>64</v>
+        <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:2">
       <c r="A3" t="s">
-        <v>65</v>
+        <v>63</v>
       </c>
       <c r="B3" t="s">
-        <v>66</v>
+        <v>64</v>
       </c>
     </row>
     <row r="4" spans="1:2">
       <c r="A4" t="s">
-        <v>39</v>
+        <v>65</v>
       </c>
       <c r="B4" t="s">
-        <v>1</v>
+        <v>66</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="A5" t="s">
         <v>67</v>
       </c>
       <c r="B5" t="s">
         <v>68</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="A6" t="s">
         <v>69</v>
       </c>
       <c r="B6" t="s">
         <v>70</v>
       </c>
     </row>
     <row r="7" spans="1:2">
       <c r="A7" t="s">
         <v>71</v>
       </c>
       <c r="B7" t="s">
         <v>72</v>
       </c>
@@ -1681,75 +1681,75 @@
       <c r="A29" t="s">
         <v>107</v>
       </c>
       <c r="B29" t="s">
         <v>108</v>
       </c>
     </row>
     <row r="30" spans="1:2">
       <c r="A30" t="s">
         <v>109</v>
       </c>
       <c r="B30" t="s">
         <v>110</v>
       </c>
     </row>
     <row r="31" spans="1:2">
       <c r="A31" t="s">
         <v>109</v>
       </c>
       <c r="B31" t="s">
         <v>111</v>
       </c>
     </row>
     <row r="32" spans="1:2">
       <c r="A32" t="s">
-        <v>67</v>
+        <v>63</v>
       </c>
       <c r="B32" t="s">
         <v>112</v>
       </c>
     </row>
     <row r="33" spans="1:2">
       <c r="A33" t="s">
         <v>113</v>
       </c>
       <c r="B33" t="s">
         <v>114</v>
       </c>
     </row>
     <row r="34" spans="1:2">
       <c r="A34" t="s">
-        <v>71</v>
+        <v>67</v>
       </c>
       <c r="B34" t="s">
         <v>115</v>
       </c>
     </row>
     <row r="35" spans="1:2">
       <c r="A35" t="s">
-        <v>69</v>
+        <v>65</v>
       </c>
       <c r="B35" t="s">
         <v>116</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>