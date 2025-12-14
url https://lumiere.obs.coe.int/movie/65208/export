--- v0 (2025-11-23)
+++ v1 (2025-12-14)
@@ -274,99 +274,99 @@
   <si>
     <t>SE</t>
   </si>
   <si>
     <t>Noble Entertainment</t>
   </si>
   <si>
     <t>SI</t>
   </si>
   <si>
     <t>SK</t>
   </si>
   <si>
     <t>TR</t>
   </si>
   <si>
     <t>TME Films</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>AU,CA,CN,DE,FR,GB,IT,NL,NZ,SE,TR,US</t>
+  </si>
+  <si>
+    <t>Luzio Taskas</t>
+  </si>
+  <si>
+    <t>Point break: Sin límites</t>
+  </si>
+  <si>
+    <t>Zločin na talasima</t>
+  </si>
+  <si>
+    <t>Σπάσε τα όρια σου</t>
+  </si>
+  <si>
+    <t>AR,CL,MX</t>
+  </si>
+  <si>
+    <t>Punto de quiebre</t>
+  </si>
+  <si>
+    <t>Критична точка</t>
+  </si>
+  <si>
+    <t>BR</t>
+  </si>
+  <si>
+    <t>Caçadores de Emoção: Além do Limite</t>
+  </si>
+  <si>
+    <t>CA</t>
+  </si>
+  <si>
+    <t>Extrême limite</t>
+  </si>
+  <si>
+    <t>CZ,SK</t>
+  </si>
+  <si>
+    <t>Bod zlomu</t>
+  </si>
+  <si>
+    <t>Point Break (Sin límites)</t>
+  </si>
+  <si>
+    <t>Pakleni val</t>
+  </si>
+  <si>
     <t>Holtpont</t>
-  </si>
-[...46 lines deleted...]
-    <t>Pakleni val</t>
   </si>
   <si>
     <t>JP</t>
   </si>
   <si>
     <t>X-ミッション</t>
   </si>
   <si>
     <t>X-Mission</t>
   </si>
   <si>
     <t>Lužio taškas</t>
   </si>
   <si>
     <t>Lūzuma punkts</t>
   </si>
   <si>
     <t>Point Break - Na fali</t>
   </si>
   <si>
     <t>Point Break - Caçadores de Emoções</t>
   </si>
   <si>
     <t>La limita extrema</t>
   </si>
@@ -1561,135 +1561,135 @@
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B25"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="34.42578125" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="35.140625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" t="s">
-        <v>58</v>
+        <v>86</v>
       </c>
       <c r="B2" t="s">
-        <v>86</v>
+        <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:2">
-      <c r="A3" t="s">
+      <c r="B3" t="s">
         <v>87</v>
-      </c>
-[...1 lines deleted...]
-        <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:2">
       <c r="B4" t="s">
         <v>88</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="B5" t="s">
         <v>89</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="B6" t="s">
         <v>90</v>
       </c>
     </row>
     <row r="7" spans="1:2">
+      <c r="A7" t="s">
+        <v>91</v>
+      </c>
       <c r="B7" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
     </row>
     <row r="8" spans="1:2">
       <c r="A8" t="s">
-        <v>92</v>
+        <v>32</v>
       </c>
       <c r="B8" t="s">
         <v>93</v>
       </c>
     </row>
     <row r="9" spans="1:2">
       <c r="A9" t="s">
-        <v>32</v>
+        <v>94</v>
       </c>
       <c r="B9" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
     </row>
     <row r="10" spans="1:2">
       <c r="A10" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="B10" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
     </row>
     <row r="11" spans="1:2">
       <c r="A11" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="B11" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
     </row>
     <row r="12" spans="1:2">
       <c r="A12" t="s">
-        <v>99</v>
+        <v>46</v>
       </c>
       <c r="B12" t="s">
         <v>100</v>
       </c>
     </row>
     <row r="13" spans="1:2">
       <c r="A13" t="s">
-        <v>46</v>
+        <v>57</v>
       </c>
       <c r="B13" t="s">
         <v>101</v>
       </c>
     </row>
     <row r="14" spans="1:2">
       <c r="A14" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="B14" t="s">
         <v>102</v>
       </c>
     </row>
     <row r="15" spans="1:2">
       <c r="A15" t="s">
         <v>103</v>
       </c>
       <c r="B15" t="s">
         <v>104</v>
       </c>
     </row>
     <row r="16" spans="1:2">
       <c r="A16" t="s">
         <v>103</v>
       </c>
       <c r="B16" t="s">
         <v>105</v>
       </c>
     </row>
     <row r="17" spans="1:2">
       <c r="A17" t="s">
         <v>65</v>
       </c>