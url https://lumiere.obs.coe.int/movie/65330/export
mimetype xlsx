--- v0 (2025-11-21)
+++ v1 (2025-12-15)
@@ -136,99 +136,99 @@
   <si>
     <t>PT</t>
   </si>
   <si>
     <t>NOS Lusomundo Audiovisuais</t>
   </si>
   <si>
     <t>SI</t>
   </si>
   <si>
     <t>Fivia</t>
   </si>
   <si>
     <t>TR</t>
   </si>
   <si>
     <t>Pinema</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>AU,FR,GB,IE,IT,PL,SG,US</t>
+  </si>
+  <si>
+    <t>Firtinanin Ortasinda</t>
+  </si>
+  <si>
+    <t>Svesa Zeme</t>
+  </si>
+  <si>
+    <t>AL</t>
+  </si>
+  <si>
+    <t>Në tokë të huaj</t>
+  </si>
+  <si>
+    <t>BG</t>
+  </si>
+  <si>
+    <t>Земя на странници</t>
+  </si>
+  <si>
+    <t>BR</t>
+  </si>
+  <si>
+    <t>Terra Estranha</t>
+  </si>
+  <si>
+    <t>CO</t>
+  </si>
+  <si>
+    <t>En tierra extraña</t>
+  </si>
+  <si>
+    <t>DE</t>
+  </si>
+  <si>
+    <t>Spurlos: Ein Sturm wird kommen</t>
+  </si>
+  <si>
+    <t>JP</t>
+  </si>
+  <si>
+    <t>虹蛇と眠る女</t>
+  </si>
+  <si>
+    <t>Svetima salis</t>
+  </si>
+  <si>
     <t>Svešā zeme</t>
-  </si>
-[...46 lines deleted...]
-    <t>Svetima salis</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>Na skraju klifu</t>
   </si>
   <si>
     <t>Em Terra Estranha</t>
   </si>
   <si>
     <t>RO</t>
   </si>
   <si>
     <t>Un tãrâm ciudat</t>
   </si>
   <si>
     <t>RS</t>
   </si>
   <si>
     <t>Zemlja stranaca</t>
   </si>
   <si>
     <t>Fırtınanın Ortasında</t>
   </si>
@@ -916,125 +916,125 @@
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B19"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="21.85546875" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="29.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" t="s">
-        <v>31</v>
+        <v>40</v>
       </c>
       <c r="B2" t="s">
-        <v>40</v>
+        <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:2">
-      <c r="A3" t="s">
+      <c r="B3" t="s">
         <v>41</v>
-      </c>
-[...1 lines deleted...]
-        <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:2">
       <c r="B4" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="5" spans="1:2">
+      <c r="A5" t="s">
+        <v>43</v>
+      </c>
       <c r="B5" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="A6" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="B6" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
     </row>
     <row r="7" spans="1:2">
       <c r="A7" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="B7" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
     </row>
     <row r="8" spans="1:2">
       <c r="A8" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="B8" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
     </row>
     <row r="9" spans="1:2">
       <c r="A9" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="B9" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
     </row>
     <row r="10" spans="1:2">
       <c r="A10" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="B10" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
     </row>
     <row r="11" spans="1:2">
       <c r="A11" t="s">
-        <v>54</v>
+        <v>29</v>
       </c>
       <c r="B11" t="s">
         <v>55</v>
       </c>
     </row>
     <row r="12" spans="1:2">
       <c r="A12" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="B12" t="s">
         <v>56</v>
       </c>
     </row>
     <row r="13" spans="1:2">
       <c r="A13" t="s">
         <v>57</v>
       </c>
       <c r="B13" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="14" spans="1:2">
       <c r="A14" t="s">
         <v>32</v>
       </c>
       <c r="B14" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="15" spans="1:2">
       <c r="A15" t="s">
         <v>60</v>
       </c>