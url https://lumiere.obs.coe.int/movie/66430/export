--- v0 (2025-12-17)
+++ v1 (2026-01-15)
@@ -124,72 +124,72 @@
   <si>
     <t>PT</t>
   </si>
   <si>
     <t>NOS Lusomundo Audiovisuais</t>
   </si>
   <si>
     <t>SK</t>
   </si>
   <si>
     <t>Continental Film</t>
   </si>
   <si>
     <t>TR</t>
   </si>
   <si>
     <t>Bir Film</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>CZ</t>
+  </si>
+  <si>
+    <t>Osudná noc</t>
+  </si>
+  <si>
     <t>AU,CA,DE,FR,GB,IT,NL,SE,SG,US</t>
   </si>
   <si>
     <t>Zanim sie rozstaniemy</t>
   </si>
   <si>
     <t>BG</t>
   </si>
   <si>
     <t>Преди да си тръгнем</t>
   </si>
   <si>
     <t>BR,PT</t>
   </si>
   <si>
     <t>Antes do Adeus</t>
-  </si>
-[...4 lines deleted...]
-    <t>Osudná noc</t>
   </si>
   <si>
     <t>ES</t>
   </si>
   <si>
     <t>Antes de que te vayas</t>
   </si>
   <si>
     <t>HR</t>
   </si>
   <si>
     <t>Prije noćnog vlaka</t>
   </si>
   <si>
     <t>A szerelem útján</t>
   </si>
   <si>
     <t>MX</t>
   </si>
   <si>
     <t>Antes de separarnos</t>
   </si>
   <si>
     <t>PL</t>
   </si>
@@ -880,62 +880,62 @@
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B19"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="28.42578125" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="27.42578125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" t="s">
         <v>36</v>
       </c>
       <c r="B2" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="3" spans="1:2">
+      <c r="A3" t="s">
+        <v>38</v>
+      </c>
+      <c r="B3" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="3" spans="1:2">
-[...3 lines deleted...]
-    </row>
     <row r="4" spans="1:2">
-      <c r="A4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="B4" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="A5" t="s">
         <v>40</v>
       </c>
       <c r="B5" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="A6" t="s">
         <v>42</v>
       </c>
       <c r="B6" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="7" spans="1:2">
       <c r="A7" t="s">
         <v>44</v>
       </c>
       <c r="B7" t="s">