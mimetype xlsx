--- v0 (2025-11-16)
+++ v1 (2025-12-26)
@@ -160,117 +160,117 @@
   <si>
     <t>IE</t>
   </si>
   <si>
     <t>NL</t>
   </si>
   <si>
     <t>Universal</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>PT</t>
   </si>
   <si>
     <t>Big Picture 2 Films</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>AU,CA,DE,ES,FR,GB,IE,IT,NL,NZ,SE,US</t>
+  </si>
+  <si>
+    <t>TR</t>
+  </si>
+  <si>
+    <t>Zoraki Komsu</t>
+  </si>
+  <si>
+    <t>BG</t>
+  </si>
+  <si>
+    <t>Дамата, която живее в своя ван</t>
+  </si>
+  <si>
+    <t>BR</t>
+  </si>
+  <si>
+    <t>A Senhora da Van</t>
+  </si>
+  <si>
+    <t>CA</t>
+  </si>
+  <si>
+    <t>La dame à la camionnette</t>
+  </si>
+  <si>
+    <t>CO</t>
+  </si>
+  <si>
+    <t>Una dama sobre ruedas</t>
+  </si>
+  <si>
+    <t>EE</t>
+  </si>
+  <si>
+    <t>Daam kaubikus</t>
+  </si>
+  <si>
+    <t>La dama de la furgoneta</t>
+  </si>
+  <si>
+    <t>HR,RS</t>
+  </si>
+  <si>
+    <t>Dama iz dvorišta</t>
+  </si>
+  <si>
+    <t>HU</t>
+  </si>
+  <si>
+    <t>A kertbérlő</t>
+  </si>
+  <si>
+    <t>JP</t>
+  </si>
+  <si>
+    <t>ミス・シェパードをお手本に</t>
+  </si>
+  <si>
     <t>LT</t>
   </si>
   <si>
     <t>Dama furgone</t>
   </si>
   <si>
     <t>Dama w vanie</t>
-  </si>
-[...58 lines deleted...]
-    <t>ミス・シェパードをお手本に</t>
   </si>
   <si>
     <t>A Senhora da Furgoneta</t>
   </si>
   <si>
     <t>RO</t>
   </si>
   <si>
     <t>Doamna din furgoneta</t>
   </si>
   <si>
     <t>Zoraki Komşu</t>
   </si>
   <si>
     <t>Lady in the Van</t>
   </si>
   <si>
     <t>RU</t>
   </si>
   <si>
     <t>Леди в фургоне</t>
   </si>
   <si>
     <t>Η κυρία και το φορτηγάκι</t>
   </si>
@@ -1161,168 +1161,168 @@
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B20"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="33.28515625" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="31.140625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" t="s">
         <v>48</v>
       </c>
       <c r="B2" t="s">
-        <v>49</v>
+        <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:2">
       <c r="A3" t="s">
-        <v>43</v>
+        <v>49</v>
       </c>
       <c r="B3" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="4" spans="1:2">
       <c r="A4" t="s">
         <v>51</v>
       </c>
       <c r="B4" t="s">
-        <v>1</v>
+        <v>52</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="A5" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="B5" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="A6" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="B6" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
     </row>
     <row r="7" spans="1:2">
       <c r="A7" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="B7" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
     </row>
     <row r="8" spans="1:2">
       <c r="A8" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="B8" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
     </row>
     <row r="9" spans="1:2">
       <c r="A9" t="s">
-        <v>60</v>
+        <v>36</v>
       </c>
       <c r="B9" t="s">
         <v>61</v>
       </c>
     </row>
     <row r="10" spans="1:2">
       <c r="A10" t="s">
         <v>62</v>
       </c>
       <c r="B10" t="s">
         <v>63</v>
       </c>
     </row>
     <row r="11" spans="1:2">
       <c r="A11" t="s">
-        <v>36</v>
+        <v>64</v>
       </c>
       <c r="B11" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
     </row>
     <row r="12" spans="1:2">
       <c r="A12" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="B12" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
     </row>
     <row r="13" spans="1:2">
       <c r="A13" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="B13" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
     </row>
     <row r="14" spans="1:2">
       <c r="A14" t="s">
-        <v>69</v>
+        <v>43</v>
       </c>
       <c r="B14" t="s">
         <v>70</v>
       </c>
     </row>
     <row r="15" spans="1:2">
       <c r="A15" t="s">
         <v>44</v>
       </c>
       <c r="B15" t="s">
         <v>71</v>
       </c>
     </row>
     <row r="16" spans="1:2">
       <c r="A16" t="s">
         <v>72</v>
       </c>
       <c r="B16" t="s">
         <v>73</v>
       </c>
     </row>
     <row r="17" spans="1:2">
       <c r="A17" t="s">
-        <v>52</v>
+        <v>49</v>
       </c>
       <c r="B17" t="s">
         <v>74</v>
       </c>
     </row>
     <row r="18" spans="1:2">
       <c r="B18" t="s">
         <v>75</v>
       </c>
     </row>
     <row r="19" spans="1:2">
       <c r="A19" t="s">
         <v>76</v>
       </c>
       <c r="B19" t="s">
         <v>77</v>
       </c>
     </row>
     <row r="20" spans="1:2">
       <c r="A20" t="s">
         <v>38</v>
       </c>
       <c r="B20" t="s">
         <v>78</v>
       </c>