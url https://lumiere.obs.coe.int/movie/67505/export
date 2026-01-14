--- v0 (2025-12-04)
+++ v1 (2026-01-14)
@@ -91,60 +91,60 @@
   <si>
     <t>Market</t>
   </si>
   <si>
     <t>Distributor</t>
   </si>
   <si>
     <t>Release date</t>
   </si>
   <si>
     <t>Total since 2015</t>
   </si>
   <si>
     <t>2015</t>
   </si>
   <si>
     <t>PT</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>7 dicembre</t>
+  </si>
+  <si>
+    <t>7 grudnia</t>
+  </si>
+  <si>
+    <t>December 7</t>
+  </si>
+  <si>
     <t>7 de diciembre</t>
-  </si>
-[...7 lines deleted...]
-    <t>December 7</t>
   </si>
   <si>
     <t>December 7, 1941</t>
   </si>
   <si>
     <t>December 7th</t>
   </si>
   <si>
     <t>Der 7. Dezember</t>
   </si>
   <si>
     <t>BR</t>
   </si>
   <si>
     <t>O Ataque a Pearl Harbor</t>
   </si>
   <si>
     <t>Pearl Harbour</t>
   </si>
   <si>
     <t>Sedmi decembar</t>
   </si>
   <si>
     <t>Седьмое декабря</t>
   </si>
@@ -676,72 +676,72 @@
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B13"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="12.140625" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="23.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="B2" t="s">
-        <v>1</v>
+        <v>25</v>
       </c>
     </row>
     <row r="3" spans="1:2">
       <c r="B3" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
     </row>
     <row r="4" spans="1:2">
+      <c r="A4" t="s">
+        <v>6</v>
+      </c>
       <c r="B4" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="B5" t="s">
-        <v>27</v>
+        <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:2">
-      <c r="A6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="B6" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="7" spans="1:2">
       <c r="A7" t="s">
         <v>6</v>
       </c>
       <c r="B7" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="8" spans="1:2">
       <c r="A8" t="s">
         <v>6</v>
       </c>
       <c r="B8" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="9" spans="1:2">
       <c r="B9" t="s">
         <v>31</v>
       </c>
     </row>