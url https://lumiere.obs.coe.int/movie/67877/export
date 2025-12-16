--- v0 (2025-11-20)
+++ v1 (2025-12-16)
@@ -229,54 +229,54 @@
   <si>
     <t>Sony/United International Pictures</t>
   </si>
   <si>
     <t>SI</t>
   </si>
   <si>
     <t>Continental Film</t>
   </si>
   <si>
     <t>SK</t>
   </si>
   <si>
     <t>Itafilm</t>
   </si>
   <si>
     <t>TR</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>Nem Respires</t>
+  </si>
+  <si>
     <t>Nie oddychaj</t>
-  </si>
-[...1 lines deleted...]
-    <t>Nem Respires</t>
   </si>
   <si>
     <t>Omul din întuneric</t>
   </si>
   <si>
     <t>RS</t>
   </si>
   <si>
     <t>Не диши</t>
   </si>
   <si>
     <t>AU,CA,DE,GB,HK,KR,NL,NO,SE,SG,US</t>
   </si>
   <si>
     <t>Muž v temnote</t>
   </si>
   <si>
     <t>Nefesini Tut</t>
   </si>
   <si>
     <t>A Man in the Dark</t>
   </si>
   <si>
     <t>Don't Breathe - la maison des ténèbres</t>
   </si>
@@ -1474,59 +1474,59 @@
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B28"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="32.85546875" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="35.140625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="B2" t="s">
         <v>71</v>
       </c>
     </row>
     <row r="3" spans="1:2">
       <c r="A3" t="s">
-        <v>59</v>
+        <v>58</v>
       </c>
       <c r="B3" t="s">
         <v>72</v>
       </c>
     </row>
     <row r="4" spans="1:2">
       <c r="A4" t="s">
         <v>61</v>
       </c>
       <c r="B4" t="s">
         <v>73</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="A5" t="s">
         <v>74</v>
       </c>
       <c r="B5" t="s">
         <v>75</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="A6" t="s">
         <v>76</v>
       </c>