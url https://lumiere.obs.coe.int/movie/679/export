--- v0 (2025-12-04)
+++ v1 (2026-01-14)
@@ -157,78 +157,78 @@
   <si>
     <t>GB_IE</t>
   </si>
   <si>
     <t>IE</t>
   </si>
   <si>
     <t>IT</t>
   </si>
   <si>
     <t>Lucky Red</t>
   </si>
   <si>
     <t>NL</t>
   </si>
   <si>
     <t>A-Film</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>HR</t>
+  </si>
+  <si>
+    <t>Na sigurnome</t>
+  </si>
+  <si>
+    <t>HU</t>
+  </si>
+  <si>
+    <t>Elkülönítve</t>
+  </si>
+  <si>
     <t>AU,CA,DE,ES,FR,GB,GR,IT,SE,US</t>
   </si>
   <si>
     <t>AR</t>
   </si>
   <si>
     <t>A salvo</t>
   </si>
   <si>
     <t>BR</t>
   </si>
   <si>
     <t>A Salvo</t>
   </si>
   <si>
     <t>Mal do Século</t>
-  </si>
-[...10 lines deleted...]
-    <t>Elkülönítve</t>
   </si>
   <si>
     <t>JP</t>
   </si>
   <si>
     <t>Chemical Syndrome</t>
   </si>
   <si>
     <t>SAFE</t>
   </si>
   <si>
     <t>LT</t>
   </si>
   <si>
     <t>Saugumas</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>Schronienie</t>
   </si>
   <si>
     <t>PT</t>
   </si>
@@ -1075,88 +1075,88 @@
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B14"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="28.28515625" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="18.5703125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" t="s">
         <v>47</v>
       </c>
       <c r="B2" t="s">
-        <v>1</v>
+        <v>48</v>
       </c>
     </row>
     <row r="3" spans="1:2">
       <c r="A3" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="B3" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
     </row>
     <row r="4" spans="1:2">
       <c r="A4" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="B4" t="s">
-        <v>51</v>
+        <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="A5" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="B5" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="A6" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="B6" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
     </row>
     <row r="7" spans="1:2">
       <c r="A7" t="s">
-        <v>55</v>
+        <v>54</v>
       </c>
       <c r="B7" t="s">
         <v>56</v>
       </c>
     </row>
     <row r="8" spans="1:2">
       <c r="A8" t="s">
         <v>57</v>
       </c>
       <c r="B8" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="9" spans="1:2">
       <c r="A9" t="s">
         <v>57</v>
       </c>
       <c r="B9" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="10" spans="1:2">
       <c r="A10" t="s">
         <v>60</v>
       </c>