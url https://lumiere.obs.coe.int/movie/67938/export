--- v0 (2025-12-03)
+++ v1 (2026-01-16)
@@ -109,90 +109,90 @@
   <si>
     <t>Continental Film</t>
   </si>
   <si>
     <t>GB</t>
   </si>
   <si>
     <t>Arrow Films</t>
   </si>
   <si>
     <t>SI</t>
   </si>
   <si>
     <t>TR</t>
   </si>
   <si>
     <t>Bir Film</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>CA</t>
+  </si>
+  <si>
+    <t>Revenants</t>
+  </si>
+  <si>
     <t>AU,CA,DE,GB,IT,SG,US</t>
   </si>
   <si>
     <t>Ölüm Treni</t>
   </si>
   <si>
     <t>Poprzednie zycie</t>
   </si>
   <si>
     <t>Truy Lung Ky Uc</t>
   </si>
   <si>
     <t>CN</t>
   </si>
   <si>
     <t>回溯</t>
   </si>
   <si>
     <t>AR,CL</t>
   </si>
   <si>
     <t>Ellos vienen por ti</t>
   </si>
   <si>
     <t>BG</t>
   </si>
   <si>
     <t>Отстъпление</t>
   </si>
   <si>
     <t>BR</t>
   </si>
   <si>
     <t>Visões do Passado</t>
-  </si>
-[...4 lines deleted...]
-    <t>Revenants</t>
   </si>
   <si>
     <t>ES</t>
   </si>
   <si>
     <t>Backtrack: Sin regreso</t>
   </si>
   <si>
     <t>FR</t>
   </si>
   <si>
     <t>Backtrack: Les Revenants</t>
   </si>
   <si>
     <t>JP</t>
   </si>
   <si>
     <t>心霊ドクターと消された記憶</t>
   </si>
   <si>
     <t>MX</t>
   </si>
   <si>
     <t>Sin regreso</t>
   </si>
@@ -799,72 +799,72 @@
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B17"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="20.28515625" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="22.85546875" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" t="s">
         <v>31</v>
       </c>
       <c r="B2" t="s">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="3" spans="1:2">
+      <c r="A3" t="s">
+        <v>33</v>
+      </c>
+      <c r="B3" t="s">
         <v>1</v>
-      </c>
-[...3 lines deleted...]
-        <v>32</v>
       </c>
     </row>
     <row r="4" spans="1:2">
       <c r="B4" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="B5" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
     </row>
     <row r="6" spans="1:2">
-      <c r="A6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="B6" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="7" spans="1:2">
       <c r="A7" t="s">
         <v>37</v>
       </c>
       <c r="B7" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="8" spans="1:2">
       <c r="A8" t="s">
         <v>39</v>
       </c>
       <c r="B8" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="9" spans="1:2">
       <c r="A9" t="s">
         <v>41</v>
       </c>
       <c r="B9" t="s">