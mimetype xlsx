--- v0 (2025-11-23)
+++ v1 (2025-12-14)
@@ -14,51 +14,51 @@
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Metadata" sheetId="1" r:id="rId1"/>
     <sheet name="Admissions" sheetId="2" r:id="rId2"/>
     <sheet name="Titles" sheetId="3" r:id="rId3"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="157" uniqueCount="124">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="156" uniqueCount="122">
   <si>
     <t>Original title</t>
   </si>
   <si>
     <t>Office Christmas Party</t>
   </si>
   <si>
     <t>Director(s)</t>
   </si>
   <si>
     <t>Josh Gordon, Will Speck</t>
   </si>
   <si>
     <t>Production year</t>
   </si>
   <si>
     <t>Producing or Co-producing countries</t>
   </si>
   <si>
     <t>US</t>
   </si>
   <si>
     <t>IMDb link</t>
   </si>
   <si>
@@ -67,56 +67,50 @@
   <si>
     <t>ISAN link</t>
   </si>
   <si>
     <t>https://web.isan.org/public/en/isan/0000-0004-526C-0000-X-0000-0000-C</t>
   </si>
   <si>
     <t>EIDR link</t>
   </si>
   <si>
     <t>https://ui.eidr.org/view/content?id=10.5240/87DB-643D-143C-D25F-49AA-7</t>
   </si>
   <si>
     <t>CNC (FR) link</t>
   </si>
   <si>
     <t>https://www.cnc.fr/professionnels/visas-et-classification/145635</t>
   </si>
   <si>
     <t>Wikidata link</t>
   </si>
   <si>
     <t>https://www.wikidata.org/wiki/Q23755403</t>
   </si>
   <si>
-    <t>JustWatch link</t>
-[...4 lines deleted...]
-  <si>
     <t>Market</t>
   </si>
   <si>
     <t>Distributor</t>
   </si>
   <si>
     <t>Release date</t>
   </si>
   <si>
     <t>Total since 2016</t>
   </si>
   <si>
     <t>2016</t>
   </si>
   <si>
     <t>2017</t>
   </si>
   <si>
     <t>2018</t>
   </si>
   <si>
     <t>2020</t>
   </si>
   <si>
     <t>2022</t>
@@ -277,153 +271,153 @@
   <si>
     <t>SI</t>
   </si>
   <si>
     <t>SK</t>
   </si>
   <si>
     <t>Forum Film</t>
   </si>
   <si>
     <t>TR</t>
   </si>
   <si>
     <t>Pinema</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
     <t>AU,CA,GB,GR,HK,KR,NL,SE,US</t>
   </si>
   <si>
+    <t>UA</t>
+  </si>
+  <si>
+    <t>Новорiчний корпоратив</t>
+  </si>
+  <si>
+    <t>Коледно парти</t>
+  </si>
+  <si>
+    <t>CA</t>
+  </si>
+  <si>
+    <t>Noël en folie au bureau</t>
+  </si>
+  <si>
+    <t>La festa de Nadal</t>
+  </si>
+  <si>
+    <t>JP</t>
+  </si>
+  <si>
+    <t>クレイジー・パーティー</t>
+  </si>
+  <si>
+    <t>Çılgın Ofis Partisi</t>
+  </si>
+  <si>
+    <t>Новорічний корпоратив</t>
+  </si>
+  <si>
     <t>Firmos kaledinis balius</t>
   </si>
   <si>
-    <t>UA</t>
-[...4 lines deleted...]
-  <si>
     <t>AR</t>
   </si>
   <si>
     <t>Fiesta de navidad en la oficina</t>
   </si>
   <si>
-    <t>Коледно парти</t>
-[...1 lines deleted...]
-  <si>
     <t>BR</t>
   </si>
   <si>
     <t>A Última Ressaca do Ano</t>
   </si>
   <si>
-    <t>CA</t>
-[...4 lines deleted...]
-  <si>
     <t>CO</t>
   </si>
   <si>
     <t>Fiesta de Navidad en la Oficina</t>
   </si>
   <si>
     <t>Dirty Office Party</t>
   </si>
   <si>
     <t>Kontori jõulupidu</t>
   </si>
   <si>
-    <t>La festa de Nadal</t>
-[...1 lines deleted...]
-  <si>
     <t>Fiesta de empresa</t>
   </si>
   <si>
     <t>Firman pikkujoulut</t>
   </si>
   <si>
     <t>Joyeux bordel!</t>
   </si>
   <si>
     <t>Ludi Božić u uredu</t>
   </si>
   <si>
     <t>Hivatali karácsony</t>
   </si>
   <si>
     <t>La festa prima delle feste</t>
   </si>
   <si>
-    <t>JP</t>
-[...4 lines deleted...]
-  <si>
     <t>Firmos kalėdinis balius</t>
   </si>
   <si>
     <t>Trakā Ziemassvētku ballīte birojā</t>
   </si>
   <si>
     <t>MX</t>
   </si>
   <si>
     <t>Fiesta de Navidad en la oficina</t>
   </si>
   <si>
     <t>Firmowa Gwiazdka</t>
   </si>
   <si>
     <t>Festa de Natal da Empresa</t>
   </si>
   <si>
     <t>RS</t>
   </si>
   <si>
     <t>Ludi Božić u kancu</t>
   </si>
   <si>
     <t>Božična žurka v pisarni</t>
   </si>
   <si>
-    <t>Çılgın Ofis Partisi</t>
-[...1 lines deleted...]
-  <si>
     <t>Untitled Office Holiday Party Project</t>
-  </si>
-[...1 lines deleted...]
-    <t>Новорічний корпоратив</t>
   </si>
   <si>
     <t>RU</t>
   </si>
   <si>
     <t>Новогодний корпоратив</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="### ### ##0"/>
   </numFmts>
   <fonts count="3">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
@@ -746,56 +740,56 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.imdb.com/title/tt1711525/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://web.isan.org/public/en/isan/0000-0004-526C-0000-X-0000-0000-C" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ui.eidr.org/view/content?id=10.5240/87DB-643D-143C-D25F-49AA-7" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cnc.fr/professionnels/visas-et-classification/145635" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wikidata.org/wiki/Q23755403" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.justwatch.com/us/movie/office-christmas-party" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.imdb.com/title/tt1711525/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://web.isan.org/public/en/isan/0000-0004-526C-0000-X-0000-0000-C" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ui.eidr.org/view/content?id=10.5240/87DB-643D-143C-D25F-49AA-7" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cnc.fr/professionnels/visas-et-classification/145635" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wikidata.org/wiki/Q23755403" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:B10"/>
+  <dimension ref="A1:B9"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="33.140625" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="67.42578125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" s="1" t="s">
         <v>2</v>
       </c>
       <c r="B2" t="s">
         <v>3</v>
       </c>
     </row>
@@ -833,1003 +827,994 @@
     </row>
     <row r="7" spans="1:2">
       <c r="A7" s="1" t="s">
         <v>11</v>
       </c>
       <c r="B7" s="2" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="8" spans="1:2">
       <c r="A8" s="1" t="s">
         <v>13</v>
       </c>
       <c r="B8" s="2" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="9" spans="1:2">
       <c r="A9" s="1" t="s">
         <v>15</v>
       </c>
       <c r="B9" s="2" t="s">
         <v>16</v>
       </c>
     </row>
-    <row r="10" spans="1:2">
-[...6 lines deleted...]
-    </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="B5" r:id="rId1"/>
     <hyperlink ref="B6" r:id="rId2"/>
     <hyperlink ref="B7" r:id="rId3"/>
     <hyperlink ref="B8" r:id="rId4"/>
     <hyperlink ref="B9" r:id="rId5"/>
-    <hyperlink ref="B10" r:id="rId6"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:K37"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="10.140625" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="27.28515625" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="12.42578125" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="14.85546875" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="8" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="7" bestFit="1" customWidth="1"/>
     <col min="7" max="11" width="5" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:11">
       <c r="A1" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="B1" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="C1" s="1" t="s">
         <v>19</v>
       </c>
-      <c r="B1" s="1" t="s">
+      <c r="D1" s="1" t="s">
         <v>20</v>
       </c>
-      <c r="C1" s="1" t="s">
+      <c r="E1" s="1" t="s">
         <v>21</v>
       </c>
-      <c r="D1" s="1" t="s">
+      <c r="F1" s="1" t="s">
         <v>22</v>
       </c>
-      <c r="E1" s="1" t="s">
+      <c r="G1" s="1" t="s">
         <v>23</v>
       </c>
-      <c r="F1" s="1" t="s">
+      <c r="H1" s="1" t="s">
         <v>24</v>
       </c>
-      <c r="G1" s="1" t="s">
+      <c r="I1" s="1" t="s">
         <v>25</v>
       </c>
-      <c r="H1" s="1" t="s">
+      <c r="J1" s="1" t="s">
         <v>26</v>
       </c>
-      <c r="I1" s="1" t="s">
+      <c r="K1" s="1" t="s">
         <v>27</v>
-      </c>
-[...4 lines deleted...]
-        <v>29</v>
       </c>
     </row>
     <row r="2" spans="1:11">
       <c r="A2" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="B2" t="s">
-        <v>31</v>
+        <v>29</v>
       </c>
       <c r="C2">
         <v>42711</v>
       </c>
       <c r="D2" s="3">
         <v>156787</v>
       </c>
       <c r="E2" s="3">
         <v>151047</v>
       </c>
       <c r="F2" s="3">
         <v>5740</v>
       </c>
       <c r="G2" s="3"/>
       <c r="H2" s="3"/>
       <c r="I2" s="3"/>
       <c r="J2" s="3"/>
       <c r="K2" s="3"/>
     </row>
     <row r="3" spans="1:11">
       <c r="A3" t="s">
-        <v>32</v>
+        <v>30</v>
       </c>
       <c r="B3" t="s">
-        <v>33</v>
+        <v>31</v>
       </c>
       <c r="D3" s="3">
         <v>10407</v>
       </c>
       <c r="E3" s="3">
         <v>9251</v>
       </c>
       <c r="F3" s="3">
         <v>1156</v>
       </c>
       <c r="G3" s="3"/>
       <c r="H3" s="3"/>
       <c r="I3" s="3"/>
       <c r="J3" s="3"/>
       <c r="K3" s="3"/>
     </row>
     <row r="4" spans="1:11">
       <c r="A4" t="s">
-        <v>34</v>
+        <v>32</v>
       </c>
       <c r="B4" t="s">
-        <v>35</v>
+        <v>33</v>
       </c>
       <c r="C4">
         <v>42711</v>
       </c>
       <c r="D4" s="3">
         <v>36580</v>
       </c>
       <c r="E4" s="3">
         <v>32257</v>
       </c>
       <c r="F4" s="3">
         <v>4159</v>
       </c>
       <c r="G4" s="3"/>
       <c r="H4" s="3"/>
       <c r="I4" s="3">
         <v>164</v>
       </c>
       <c r="J4" s="3"/>
       <c r="K4" s="3"/>
     </row>
     <row r="5" spans="1:11">
       <c r="A5" t="s">
-        <v>36</v>
+        <v>34</v>
       </c>
       <c r="B5" t="s">
-        <v>37</v>
+        <v>35</v>
       </c>
       <c r="C5">
         <v>42713</v>
       </c>
       <c r="D5" s="3">
         <v>26540</v>
       </c>
       <c r="E5" s="3">
         <v>24525</v>
       </c>
       <c r="F5" s="3">
         <v>2015</v>
       </c>
       <c r="G5" s="3"/>
       <c r="H5" s="3"/>
       <c r="I5" s="3"/>
       <c r="J5" s="3"/>
       <c r="K5" s="3"/>
     </row>
     <row r="6" spans="1:11">
       <c r="A6" t="s">
-        <v>38</v>
+        <v>36</v>
       </c>
       <c r="B6" t="s">
-        <v>39</v>
+        <v>37</v>
       </c>
       <c r="C6">
         <v>42711</v>
       </c>
       <c r="D6" s="3">
         <v>58912</v>
       </c>
       <c r="E6" s="3">
         <v>44995</v>
       </c>
       <c r="F6" s="3">
         <v>13917</v>
       </c>
       <c r="G6" s="3"/>
       <c r="H6" s="3"/>
       <c r="I6" s="3"/>
       <c r="J6" s="3"/>
       <c r="K6" s="3"/>
     </row>
     <row r="7" spans="1:11">
       <c r="A7" t="s">
-        <v>40</v>
+        <v>38</v>
       </c>
       <c r="B7" t="s">
-        <v>41</v>
+        <v>39</v>
       </c>
       <c r="D7" s="3">
         <v>4006</v>
       </c>
       <c r="E7" s="3">
         <v>3971</v>
       </c>
       <c r="F7" s="3">
         <v>35</v>
       </c>
       <c r="G7" s="3"/>
       <c r="H7" s="3"/>
       <c r="I7" s="3"/>
       <c r="J7" s="3"/>
       <c r="K7" s="3"/>
     </row>
     <row r="8" spans="1:11">
       <c r="A8" t="s">
-        <v>42</v>
+        <v>40</v>
       </c>
       <c r="B8" t="s">
-        <v>43</v>
+        <v>41</v>
       </c>
       <c r="C8">
         <v>42712</v>
       </c>
       <c r="D8" s="3">
         <v>50769</v>
       </c>
       <c r="E8" s="3">
         <v>48635</v>
       </c>
       <c r="F8" s="3">
         <v>2134</v>
       </c>
       <c r="G8" s="3"/>
       <c r="H8" s="3"/>
       <c r="I8" s="3"/>
       <c r="J8" s="3"/>
       <c r="K8" s="3"/>
     </row>
     <row r="9" spans="1:11">
       <c r="A9" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="B9" t="s">
-        <v>31</v>
+        <v>29</v>
       </c>
       <c r="C9">
         <v>42712</v>
       </c>
       <c r="D9" s="3">
         <v>398512</v>
       </c>
       <c r="E9" s="3">
         <v>380547</v>
       </c>
       <c r="F9" s="3">
         <v>17310</v>
       </c>
       <c r="G9" s="3">
         <v>240</v>
       </c>
       <c r="H9" s="3"/>
       <c r="I9" s="3">
         <v>121</v>
       </c>
       <c r="J9" s="3">
         <v>244</v>
       </c>
       <c r="K9" s="3">
         <v>50</v>
       </c>
     </row>
     <row r="10" spans="1:11">
       <c r="A10" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="B10" t="s">
-        <v>46</v>
+        <v>44</v>
       </c>
       <c r="C10">
         <v>42712</v>
       </c>
       <c r="D10" s="3">
         <v>30180</v>
       </c>
       <c r="E10" s="3">
         <v>29662</v>
       </c>
       <c r="F10" s="3">
         <v>518</v>
       </c>
       <c r="G10" s="3"/>
       <c r="H10" s="3"/>
       <c r="I10" s="3"/>
       <c r="J10" s="3"/>
       <c r="K10" s="3"/>
     </row>
     <row r="11" spans="1:11">
       <c r="A11" t="s">
-        <v>47</v>
+        <v>45</v>
       </c>
       <c r="B11" t="s">
-        <v>48</v>
+        <v>46</v>
       </c>
       <c r="C11">
         <v>42713</v>
       </c>
       <c r="D11" s="3">
         <v>26850</v>
       </c>
       <c r="E11" s="3">
         <v>24269</v>
       </c>
       <c r="F11" s="3">
         <v>2522</v>
       </c>
       <c r="G11" s="3"/>
       <c r="H11" s="3"/>
       <c r="I11" s="3"/>
       <c r="J11" s="3">
         <v>59</v>
       </c>
       <c r="K11" s="3"/>
     </row>
     <row r="12" spans="1:11">
       <c r="A12" t="s">
-        <v>49</v>
+        <v>47</v>
       </c>
       <c r="B12" t="s">
-        <v>50</v>
+        <v>48</v>
       </c>
       <c r="C12">
         <v>42711</v>
       </c>
       <c r="D12" s="3">
         <v>158472</v>
       </c>
       <c r="E12" s="3">
         <v>154081</v>
       </c>
       <c r="F12" s="3">
         <v>4384</v>
       </c>
       <c r="G12" s="3"/>
       <c r="H12" s="3"/>
       <c r="I12" s="3"/>
       <c r="J12" s="3"/>
       <c r="K12" s="3">
         <v>7</v>
       </c>
     </row>
     <row r="13" spans="1:11">
       <c r="A13" t="s">
-        <v>51</v>
+        <v>49</v>
       </c>
       <c r="B13" t="s">
-        <v>46</v>
+        <v>44</v>
       </c>
       <c r="C13">
         <v>42713</v>
       </c>
       <c r="D13" s="3">
         <v>24825</v>
       </c>
       <c r="E13" s="3">
         <v>21332</v>
       </c>
       <c r="F13" s="3">
         <v>3493</v>
       </c>
       <c r="G13" s="3"/>
       <c r="H13" s="3"/>
       <c r="I13" s="3"/>
       <c r="J13" s="3"/>
       <c r="K13" s="3"/>
     </row>
     <row r="14" spans="1:11">
       <c r="A14" t="s">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="B14" t="s">
-        <v>53</v>
+        <v>51</v>
       </c>
       <c r="C14">
         <v>42725</v>
       </c>
       <c r="D14" s="3">
         <v>152390</v>
       </c>
       <c r="E14" s="3">
         <v>131204</v>
       </c>
       <c r="F14" s="3">
         <v>21186</v>
       </c>
       <c r="G14" s="3"/>
       <c r="H14" s="3"/>
       <c r="I14" s="3"/>
       <c r="J14" s="3"/>
       <c r="K14" s="3"/>
     </row>
     <row r="15" spans="1:11">
       <c r="A15" t="s">
-        <v>54</v>
+        <v>52</v>
       </c>
       <c r="B15" t="s">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="C15">
         <v>42713</v>
       </c>
       <c r="D15" s="3">
         <v>373243</v>
       </c>
       <c r="E15" s="3">
         <v>372495</v>
       </c>
       <c r="F15" s="3">
         <v>748</v>
       </c>
       <c r="G15" s="3"/>
       <c r="H15" s="3"/>
       <c r="I15" s="3"/>
       <c r="J15" s="3"/>
       <c r="K15" s="3"/>
     </row>
     <row r="16" spans="1:11">
       <c r="A16" t="s">
-        <v>56</v>
+        <v>54</v>
       </c>
       <c r="B16" t="s">
-        <v>57</v>
+        <v>55</v>
       </c>
       <c r="D16" s="3">
         <v>9290</v>
       </c>
       <c r="E16" s="3">
         <v>9290</v>
       </c>
       <c r="F16" s="3"/>
       <c r="G16" s="3"/>
       <c r="H16" s="3"/>
       <c r="I16" s="3"/>
       <c r="J16" s="3"/>
       <c r="K16" s="3"/>
     </row>
     <row r="17" spans="1:11">
       <c r="A17" t="s">
-        <v>58</v>
+        <v>56</v>
       </c>
       <c r="B17" t="s">
-        <v>41</v>
+        <v>39</v>
       </c>
       <c r="C17">
         <v>42712</v>
       </c>
       <c r="D17" s="3">
         <v>26498</v>
       </c>
       <c r="E17" s="3">
         <v>25626</v>
       </c>
       <c r="F17" s="3">
         <v>872</v>
       </c>
       <c r="G17" s="3"/>
       <c r="H17" s="3"/>
       <c r="I17" s="3"/>
       <c r="J17" s="3"/>
       <c r="K17" s="3"/>
     </row>
     <row r="18" spans="1:11">
       <c r="A18" t="s">
-        <v>59</v>
+        <v>57</v>
       </c>
       <c r="B18" t="s">
-        <v>33</v>
+        <v>31</v>
       </c>
       <c r="C18">
         <v>42712</v>
       </c>
       <c r="D18" s="3">
         <v>39146</v>
       </c>
       <c r="E18" s="3">
         <v>35798</v>
       </c>
       <c r="F18" s="3">
         <v>3348</v>
       </c>
       <c r="G18" s="3"/>
       <c r="H18" s="3"/>
       <c r="I18" s="3"/>
       <c r="J18" s="3"/>
       <c r="K18" s="3"/>
     </row>
     <row r="19" spans="1:11">
       <c r="A19" t="s">
-        <v>60</v>
+        <v>58</v>
       </c>
       <c r="B19" t="s">
-        <v>43</v>
+        <v>41</v>
       </c>
       <c r="C19">
         <v>42712</v>
       </c>
       <c r="D19" s="3">
         <v>178094</v>
       </c>
       <c r="E19" s="3">
         <v>163313</v>
       </c>
       <c r="F19" s="3">
         <v>14781</v>
       </c>
       <c r="G19" s="3"/>
       <c r="H19" s="3"/>
       <c r="I19" s="3"/>
       <c r="J19" s="3"/>
       <c r="K19" s="3"/>
     </row>
     <row r="20" spans="1:11">
       <c r="A20" t="s">
-        <v>61</v>
+        <v>59</v>
       </c>
       <c r="B20" t="s">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="C20">
         <v>42713</v>
       </c>
       <c r="D20" s="3">
         <v>62175</v>
       </c>
       <c r="E20" s="3">
         <v>61138</v>
       </c>
       <c r="F20" s="3">
         <v>1037</v>
       </c>
       <c r="G20" s="3"/>
       <c r="H20" s="3"/>
       <c r="I20" s="3"/>
       <c r="J20" s="3"/>
       <c r="K20" s="3"/>
     </row>
     <row r="21" spans="1:11">
       <c r="A21" t="s">
-        <v>62</v>
+        <v>60</v>
       </c>
       <c r="B21" t="s">
-        <v>63</v>
+        <v>61</v>
       </c>
       <c r="C21">
         <v>42711</v>
       </c>
       <c r="D21" s="3">
         <v>10679</v>
       </c>
       <c r="E21" s="3">
         <v>10068</v>
       </c>
       <c r="F21" s="3">
         <v>611</v>
       </c>
       <c r="G21" s="3"/>
       <c r="H21" s="3"/>
       <c r="I21" s="3"/>
       <c r="J21" s="3"/>
       <c r="K21" s="3"/>
     </row>
     <row r="22" spans="1:11">
       <c r="A22" t="s">
-        <v>64</v>
+        <v>62</v>
       </c>
       <c r="B22" t="s">
-        <v>65</v>
+        <v>63</v>
       </c>
       <c r="C22">
         <v>42711</v>
       </c>
       <c r="D22" s="3">
         <v>155290</v>
       </c>
       <c r="E22" s="3">
         <v>155069</v>
       </c>
       <c r="F22" s="3">
         <v>131</v>
       </c>
       <c r="G22" s="3">
         <v>90</v>
       </c>
       <c r="H22" s="3"/>
       <c r="I22" s="3"/>
       <c r="J22" s="3"/>
       <c r="K22" s="3"/>
     </row>
     <row r="23" spans="1:11">
       <c r="A23" t="s">
-        <v>66</v>
+        <v>64</v>
       </c>
       <c r="B23" t="s">
-        <v>48</v>
+        <v>46</v>
       </c>
       <c r="C23">
         <v>42713</v>
       </c>
       <c r="D23" s="3">
         <v>32965</v>
       </c>
       <c r="E23" s="3">
         <v>31073</v>
       </c>
       <c r="F23" s="3">
         <v>1892</v>
       </c>
       <c r="G23" s="3"/>
       <c r="H23" s="3"/>
       <c r="I23" s="3"/>
       <c r="J23" s="3"/>
       <c r="K23" s="3"/>
     </row>
     <row r="24" spans="1:11">
       <c r="A24" t="s">
-        <v>67</v>
+        <v>65</v>
       </c>
       <c r="D24" s="3">
         <v>510</v>
       </c>
       <c r="E24" s="3"/>
       <c r="F24" s="3">
         <v>449</v>
       </c>
       <c r="G24" s="3"/>
       <c r="H24" s="3">
         <v>61</v>
       </c>
       <c r="I24" s="3"/>
       <c r="J24" s="3"/>
       <c r="K24" s="3"/>
     </row>
     <row r="25" spans="1:11">
       <c r="A25" t="s">
-        <v>68</v>
+        <v>66</v>
       </c>
       <c r="B25" t="s">
-        <v>48</v>
+        <v>46</v>
       </c>
       <c r="C25">
         <v>42713</v>
       </c>
       <c r="D25" s="3">
         <v>18139</v>
       </c>
       <c r="E25" s="3">
         <v>15903</v>
       </c>
       <c r="F25" s="3">
         <v>2236</v>
       </c>
       <c r="G25" s="3"/>
       <c r="H25" s="3"/>
       <c r="I25" s="3"/>
       <c r="J25" s="3"/>
       <c r="K25" s="3"/>
     </row>
     <row r="26" spans="1:11">
       <c r="A26" t="s">
-        <v>69</v>
+        <v>67</v>
       </c>
       <c r="B26" t="s">
-        <v>33</v>
+        <v>31</v>
       </c>
       <c r="D26" s="3">
         <v>775</v>
       </c>
       <c r="E26" s="3"/>
       <c r="F26" s="3">
         <v>775</v>
       </c>
       <c r="G26" s="3"/>
       <c r="H26" s="3"/>
       <c r="I26" s="3"/>
       <c r="J26" s="3"/>
       <c r="K26" s="3"/>
     </row>
     <row r="27" spans="1:11">
       <c r="A27" t="s">
-        <v>70</v>
+        <v>68</v>
       </c>
       <c r="B27" t="s">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="C27">
         <v>42712</v>
       </c>
       <c r="D27" s="3">
         <v>165648</v>
       </c>
       <c r="E27" s="3">
         <v>142594</v>
       </c>
       <c r="F27" s="3">
         <v>22724</v>
       </c>
       <c r="G27" s="3">
         <v>328</v>
       </c>
       <c r="H27" s="3"/>
       <c r="I27" s="3"/>
       <c r="J27" s="3"/>
       <c r="K27" s="3">
         <v>2</v>
       </c>
     </row>
     <row r="28" spans="1:11">
       <c r="A28" t="s">
-        <v>71</v>
+        <v>69</v>
       </c>
       <c r="B28" t="s">
-        <v>46</v>
+        <v>44</v>
       </c>
       <c r="C28">
         <v>42713</v>
       </c>
       <c r="D28" s="3">
         <v>17864</v>
       </c>
       <c r="E28" s="3">
         <v>17483</v>
       </c>
       <c r="F28" s="3">
         <v>360</v>
       </c>
       <c r="G28" s="3"/>
       <c r="H28" s="3">
         <v>21</v>
       </c>
       <c r="I28" s="3"/>
       <c r="J28" s="3"/>
       <c r="K28" s="3"/>
     </row>
     <row r="29" spans="1:11">
       <c r="A29" t="s">
-        <v>72</v>
+        <v>70</v>
       </c>
       <c r="B29" t="s">
-        <v>73</v>
+        <v>71</v>
       </c>
       <c r="C29">
         <v>42713</v>
       </c>
       <c r="D29" s="3">
         <v>206892</v>
       </c>
       <c r="E29" s="3">
         <v>203721</v>
       </c>
       <c r="F29" s="3">
         <v>3171</v>
       </c>
       <c r="G29" s="3"/>
       <c r="H29" s="3"/>
       <c r="I29" s="3"/>
       <c r="J29" s="3"/>
       <c r="K29" s="3"/>
     </row>
     <row r="30" spans="1:11">
       <c r="A30" t="s">
-        <v>74</v>
+        <v>72</v>
       </c>
       <c r="B30" t="s">
-        <v>75</v>
+        <v>73</v>
       </c>
       <c r="C30">
         <v>42712</v>
       </c>
       <c r="D30" s="3">
         <v>114736</v>
       </c>
       <c r="E30" s="3">
         <v>105264</v>
       </c>
       <c r="F30" s="3">
         <v>9472</v>
       </c>
       <c r="G30" s="3"/>
       <c r="H30" s="3"/>
       <c r="I30" s="3"/>
       <c r="J30" s="3"/>
       <c r="K30" s="3"/>
     </row>
     <row r="31" spans="1:11">
       <c r="A31" t="s">
-        <v>76</v>
+        <v>74</v>
       </c>
       <c r="B31" t="s">
-        <v>77</v>
+        <v>75</v>
       </c>
       <c r="C31">
         <v>42713</v>
       </c>
       <c r="D31" s="3">
         <v>164129</v>
       </c>
       <c r="E31" s="3">
         <v>139436</v>
       </c>
       <c r="F31" s="3">
         <v>24693</v>
       </c>
       <c r="G31" s="3"/>
       <c r="H31" s="3"/>
       <c r="I31" s="3"/>
       <c r="J31" s="3"/>
       <c r="K31" s="3"/>
     </row>
     <row r="32" spans="1:11">
       <c r="A32" t="s">
-        <v>78</v>
+        <v>76</v>
       </c>
       <c r="B32" t="s">
-        <v>46</v>
+        <v>44</v>
       </c>
       <c r="C32">
         <v>42711</v>
       </c>
       <c r="D32" s="3">
         <v>17560</v>
       </c>
       <c r="E32" s="3">
         <v>17560</v>
       </c>
       <c r="F32" s="3"/>
       <c r="G32" s="3"/>
       <c r="H32" s="3"/>
       <c r="I32" s="3"/>
       <c r="J32" s="3"/>
       <c r="K32" s="3"/>
     </row>
     <row r="33" spans="1:11">
       <c r="A33" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="B33" t="s">
-        <v>33</v>
+        <v>31</v>
       </c>
       <c r="C33">
         <v>42712</v>
       </c>
       <c r="D33" s="3">
         <v>15792</v>
       </c>
       <c r="E33" s="3">
         <v>14596</v>
       </c>
       <c r="F33" s="3">
         <v>1196</v>
       </c>
       <c r="G33" s="3"/>
       <c r="H33" s="3"/>
       <c r="I33" s="3"/>
       <c r="J33" s="3"/>
       <c r="K33" s="3"/>
     </row>
     <row r="34" spans="1:11">
       <c r="A34" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="B34" t="s">
-        <v>81</v>
+        <v>79</v>
       </c>
       <c r="C34">
         <v>42712</v>
       </c>
       <c r="D34" s="3">
         <v>53361</v>
       </c>
       <c r="E34" s="3">
         <v>48940</v>
       </c>
       <c r="F34" s="3">
         <v>4421</v>
       </c>
       <c r="G34" s="3"/>
       <c r="H34" s="3"/>
       <c r="I34" s="3"/>
       <c r="J34" s="3"/>
       <c r="K34" s="3"/>
     </row>
     <row r="35" spans="1:11">
       <c r="A35" t="s">
-        <v>82</v>
+        <v>80</v>
       </c>
       <c r="B35" t="s">
-        <v>83</v>
+        <v>81</v>
       </c>
       <c r="C35">
         <v>42713</v>
       </c>
       <c r="D35" s="3">
         <v>15533</v>
       </c>
       <c r="E35" s="3">
         <v>15493</v>
       </c>
       <c r="F35" s="3">
         <v>40</v>
       </c>
       <c r="G35" s="3"/>
       <c r="H35" s="3"/>
       <c r="I35" s="3"/>
       <c r="J35" s="3"/>
       <c r="K35" s="3"/>
     </row>
     <row r="36" spans="1:11">
       <c r="A36" t="s">
-        <v>84</v>
+        <v>82</v>
       </c>
       <c r="D36" s="3">
         <v>2690089</v>
       </c>
       <c r="E36" s="3">
         <v>2534056</v>
       </c>
       <c r="F36" s="3">
         <v>154667</v>
       </c>
       <c r="G36" s="3">
         <v>658</v>
       </c>
       <c r="H36" s="3">
         <v>61</v>
       </c>
       <c r="I36" s="3">
         <v>285</v>
       </c>
       <c r="J36" s="3">
         <v>303</v>
       </c>
       <c r="K36" s="3">
         <v>59</v>
       </c>
     </row>
     <row r="37" spans="1:11">
       <c r="A37" t="s">
-        <v>85</v>
+        <v>83</v>
       </c>
       <c r="D37" s="3">
         <v>2813549</v>
       </c>
       <c r="E37" s="3">
         <v>2640636</v>
       </c>
       <c r="F37" s="3">
         <v>171526</v>
       </c>
       <c r="G37" s="3">
         <v>658</v>
       </c>
       <c r="H37" s="3">
         <v>82</v>
       </c>
       <c r="I37" s="3">
         <v>285</v>
       </c>
       <c r="J37" s="3">
         <v>303</v>
       </c>
       <c r="K37" s="3">
         <v>59</v>
       </c>
@@ -1839,272 +1824,275 @@
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B30"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="26.7109375" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="33" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" t="s">
-        <v>86</v>
+        <v>84</v>
       </c>
       <c r="B2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:2">
+      <c r="A3" t="s">
+        <v>85</v>
+      </c>
       <c r="B3" t="s">
-        <v>87</v>
+        <v>86</v>
       </c>
     </row>
     <row r="4" spans="1:2">
       <c r="A4" t="s">
-        <v>88</v>
+        <v>34</v>
       </c>
       <c r="B4" t="s">
-        <v>89</v>
+        <v>87</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="A5" t="s">
-        <v>90</v>
+        <v>88</v>
       </c>
       <c r="B5" t="s">
-        <v>91</v>
+        <v>89</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="A6" t="s">
-        <v>36</v>
+        <v>47</v>
       </c>
       <c r="B6" t="s">
-        <v>92</v>
+        <v>90</v>
       </c>
     </row>
     <row r="7" spans="1:2">
       <c r="A7" t="s">
-        <v>93</v>
+        <v>91</v>
       </c>
       <c r="B7" t="s">
-        <v>94</v>
+        <v>92</v>
       </c>
     </row>
     <row r="8" spans="1:2">
       <c r="A8" t="s">
-        <v>95</v>
+        <v>80</v>
       </c>
       <c r="B8" t="s">
-        <v>96</v>
+        <v>93</v>
       </c>
     </row>
     <row r="9" spans="1:2">
       <c r="A9" t="s">
-        <v>97</v>
+        <v>85</v>
       </c>
       <c r="B9" t="s">
-        <v>98</v>
+        <v>94</v>
       </c>
     </row>
     <row r="10" spans="1:2">
       <c r="A10" t="s">
-        <v>44</v>
+        <v>64</v>
       </c>
       <c r="B10" t="s">
-        <v>99</v>
+        <v>95</v>
       </c>
     </row>
     <row r="11" spans="1:2">
       <c r="A11" t="s">
-        <v>47</v>
+        <v>96</v>
       </c>
       <c r="B11" t="s">
-        <v>100</v>
+        <v>97</v>
       </c>
     </row>
     <row r="12" spans="1:2">
       <c r="A12" t="s">
-        <v>49</v>
+        <v>98</v>
       </c>
       <c r="B12" t="s">
-        <v>101</v>
+        <v>99</v>
       </c>
     </row>
     <row r="13" spans="1:2">
       <c r="A13" t="s">
-        <v>49</v>
+        <v>100</v>
       </c>
       <c r="B13" t="s">
-        <v>102</v>
+        <v>101</v>
       </c>
     </row>
     <row r="14" spans="1:2">
       <c r="A14" t="s">
-        <v>51</v>
+        <v>42</v>
       </c>
       <c r="B14" t="s">
-        <v>103</v>
+        <v>102</v>
       </c>
     </row>
     <row r="15" spans="1:2">
       <c r="A15" t="s">
-        <v>52</v>
+        <v>45</v>
       </c>
       <c r="B15" t="s">
-        <v>104</v>
+        <v>103</v>
       </c>
     </row>
     <row r="16" spans="1:2">
       <c r="A16" t="s">
-        <v>59</v>
+        <v>47</v>
       </c>
       <c r="B16" t="s">
-        <v>105</v>
+        <v>104</v>
       </c>
     </row>
     <row r="17" spans="1:2">
       <c r="A17" t="s">
-        <v>60</v>
+        <v>49</v>
       </c>
       <c r="B17" t="s">
-        <v>106</v>
+        <v>105</v>
       </c>
     </row>
     <row r="18" spans="1:2">
       <c r="A18" t="s">
-        <v>64</v>
+        <v>50</v>
       </c>
       <c r="B18" t="s">
-        <v>107</v>
+        <v>106</v>
       </c>
     </row>
     <row r="19" spans="1:2">
       <c r="A19" t="s">
-        <v>108</v>
+        <v>57</v>
       </c>
       <c r="B19" t="s">
-        <v>109</v>
+        <v>107</v>
       </c>
     </row>
     <row r="20" spans="1:2">
       <c r="A20" t="s">
-        <v>66</v>
+        <v>58</v>
       </c>
       <c r="B20" t="s">
-        <v>110</v>
+        <v>108</v>
       </c>
     </row>
     <row r="21" spans="1:2">
       <c r="A21" t="s">
-        <v>68</v>
+        <v>62</v>
       </c>
       <c r="B21" t="s">
-        <v>111</v>
+        <v>109</v>
       </c>
     </row>
     <row r="22" spans="1:2">
       <c r="A22" t="s">
-        <v>112</v>
+        <v>64</v>
       </c>
       <c r="B22" t="s">
-        <v>113</v>
+        <v>110</v>
       </c>
     </row>
     <row r="23" spans="1:2">
       <c r="A23" t="s">
-        <v>72</v>
+        <v>66</v>
       </c>
       <c r="B23" t="s">
-        <v>114</v>
+        <v>111</v>
       </c>
     </row>
     <row r="24" spans="1:2">
       <c r="A24" t="s">
-        <v>74</v>
+        <v>112</v>
       </c>
       <c r="B24" t="s">
-        <v>115</v>
+        <v>113</v>
       </c>
     </row>
     <row r="25" spans="1:2">
       <c r="A25" t="s">
-        <v>116</v>
+        <v>70</v>
       </c>
       <c r="B25" t="s">
-        <v>117</v>
+        <v>114</v>
       </c>
     </row>
     <row r="26" spans="1:2">
       <c r="A26" t="s">
-        <v>79</v>
+        <v>72</v>
       </c>
       <c r="B26" t="s">
-        <v>118</v>
+        <v>115</v>
       </c>
     </row>
     <row r="27" spans="1:2">
       <c r="A27" t="s">
-        <v>82</v>
+        <v>116</v>
       </c>
       <c r="B27" t="s">
+        <v>117</v>
+      </c>
+    </row>
+    <row r="28" spans="1:2">
+      <c r="A28" t="s">
+        <v>77</v>
+      </c>
+      <c r="B28" t="s">
+        <v>118</v>
+      </c>
+    </row>
+    <row r="29" spans="1:2">
+      <c r="B29" t="s">
         <v>119</v>
-      </c>
-[...11 lines deleted...]
-        <v>121</v>
       </c>
     </row>
     <row r="30" spans="1:2">
       <c r="A30" t="s">
-        <v>122</v>
+        <v>120</v>
       </c>
       <c r="B30" t="s">
-        <v>123</v>
+        <v>121</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="3" baseType="lpstr">
       <vt:lpstr>Metadata</vt:lpstr>