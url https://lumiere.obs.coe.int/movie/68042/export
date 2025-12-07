--- v0 (2025-11-15)
+++ v1 (2025-12-07)
@@ -127,69 +127,69 @@
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>PT</t>
   </si>
   <si>
     <t>NOS Lusomundo Audiovisuais</t>
   </si>
   <si>
     <t>RO</t>
   </si>
   <si>
     <t>TR</t>
   </si>
   <si>
     <t>Pinemart</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>Юмруци от камък</t>
+  </si>
+  <si>
     <t>AU,CA,FR,GB,IT,US</t>
   </si>
   <si>
     <t>Kamienne piesci</t>
   </si>
   <si>
     <t>AR,CL,MX</t>
   </si>
   <si>
     <t>Manos de piedra</t>
   </si>
   <si>
     <t>AR</t>
   </si>
   <si>
     <t>Puños de piedra</t>
-  </si>
-[...1 lines deleted...]
-    <t>Юмруци от камък</t>
   </si>
   <si>
     <t>BR,PT</t>
   </si>
   <si>
     <t>Mãos de Pedra</t>
   </si>
   <si>
     <t>BR</t>
   </si>
   <si>
     <t>Punhos de Aço</t>
   </si>
   <si>
     <t>CA</t>
   </si>
   <si>
     <t>Mains de pierre</t>
   </si>
   <si>
     <t>DE</t>
   </si>
   <si>
     <t>Hands of Stone - Fäuste aus Stein</t>
   </si>
@@ -891,80 +891,80 @@
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B21"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="17.28515625" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="30.28515625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" t="s">
+        <v>22</v>
+      </c>
+      <c r="B2" t="s">
         <v>37</v>
       </c>
-      <c r="B2" t="s">
+    </row>
+    <row r="3" spans="1:2">
+      <c r="A3" t="s">
+        <v>38</v>
+      </c>
+      <c r="B3" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="3" spans="1:2">
-[...3 lines deleted...]
-    </row>
     <row r="4" spans="1:2">
-      <c r="A4" t="s">
+      <c r="B4" t="s">
         <v>39</v>
-      </c>
-[...1 lines deleted...]
-        <v>40</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="A5" t="s">
+        <v>40</v>
+      </c>
+      <c r="B5" t="s">
         <v>41</v>
-      </c>
-[...1 lines deleted...]
-        <v>42</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="A6" t="s">
-        <v>22</v>
+        <v>42</v>
       </c>
       <c r="B6" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="7" spans="1:2">
       <c r="A7" t="s">
         <v>44</v>
       </c>
       <c r="B7" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="8" spans="1:2">
       <c r="A8" t="s">
         <v>46</v>
       </c>
       <c r="B8" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="9" spans="1:2">
       <c r="A9" t="s">
         <v>48</v>
       </c>