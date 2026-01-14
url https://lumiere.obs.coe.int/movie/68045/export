--- v0 (2025-12-25)
+++ v1 (2026-01-14)
@@ -166,90 +166,90 @@
   <si>
     <t>Periscoop Films</t>
   </si>
   <si>
     <t>NO</t>
   </si>
   <si>
     <t>PT</t>
   </si>
   <si>
     <t>Alambique</t>
   </si>
   <si>
     <t>TR</t>
   </si>
   <si>
     <t>M3 Film</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>RS</t>
+  </si>
+  <si>
+    <t>Evolucija</t>
+  </si>
+  <si>
     <t>DE,ES,FR,GB,IT,SG,US</t>
   </si>
   <si>
     <t>AU,NO,SE</t>
   </si>
   <si>
     <t>Evolution</t>
   </si>
   <si>
     <t>HU</t>
   </si>
   <si>
     <t>Evolúció</t>
   </si>
   <si>
     <t>JP</t>
   </si>
   <si>
     <t>エヴォリューション</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>Ewolucja</t>
   </si>
   <si>
     <t>Evolução</t>
   </si>
   <si>
     <t>RO</t>
   </si>
   <si>
     <t>Evolutie</t>
-  </si>
-[...4 lines deleted...]
-    <t>Evolucija</t>
   </si>
   <si>
     <t>Evrim</t>
   </si>
   <si>
     <t>RU</t>
   </si>
   <si>
     <t>Эволюция</t>
   </si>
   <si>
     <t>UA</t>
   </si>
   <si>
     <t>Еволюція</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="### ### ##0"/>
   </numFmts>
   <fonts count="3">
@@ -1077,96 +1077,96 @@
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B12"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="19.42578125" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="11.28515625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" t="s">
         <v>50</v>
       </c>
       <c r="B2" t="s">
-        <v>1</v>
+        <v>51</v>
       </c>
     </row>
     <row r="3" spans="1:2">
       <c r="A3" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="B3" t="s">
-        <v>52</v>
+        <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:2">
       <c r="A4" t="s">
         <v>53</v>
       </c>
       <c r="B4" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="A5" t="s">
         <v>55</v>
       </c>
       <c r="B5" t="s">
         <v>56</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="A6" t="s">
         <v>57</v>
       </c>
       <c r="B6" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="7" spans="1:2">
       <c r="A7" t="s">
-        <v>44</v>
+        <v>59</v>
       </c>
       <c r="B7" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
     </row>
     <row r="8" spans="1:2">
       <c r="A8" t="s">
-        <v>60</v>
+        <v>44</v>
       </c>
       <c r="B8" t="s">
         <v>61</v>
       </c>
     </row>
     <row r="9" spans="1:2">
       <c r="A9" t="s">
         <v>62</v>
       </c>
       <c r="B9" t="s">
         <v>63</v>
       </c>
     </row>
     <row r="10" spans="1:2">
       <c r="A10" t="s">
         <v>46</v>
       </c>
       <c r="B10" t="s">
         <v>64</v>
       </c>
     </row>
     <row r="11" spans="1:2">
       <c r="A11" t="s">
         <v>65</v>
       </c>