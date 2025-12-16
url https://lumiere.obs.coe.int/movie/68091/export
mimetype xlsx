--- v0 (2025-11-25)
+++ v1 (2025-12-16)
@@ -14,51 +14,51 @@
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Metadata" sheetId="1" r:id="rId1"/>
     <sheet name="Admissions" sheetId="2" r:id="rId2"/>
     <sheet name="Titles" sheetId="3" r:id="rId3"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="141" uniqueCount="123">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="143" uniqueCount="123">
   <si>
     <t>Original title</t>
   </si>
   <si>
     <t>I, Daniel Blake</t>
   </si>
   <si>
     <t>Director(s)</t>
   </si>
   <si>
     <t>Ken Loach</t>
   </si>
   <si>
     <t>Production year</t>
   </si>
   <si>
     <t>Producing or Co-producing countries</t>
   </si>
   <si>
     <t>GB, FR, BE</t>
   </si>
   <si>
     <t>IMDb link</t>
   </si>
   <si>
@@ -253,50 +253,53 @@
   <si>
     <t>NO</t>
   </si>
   <si>
     <t>Ymer Media</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>M2 Films (PL)</t>
   </si>
   <si>
     <t>PT</t>
   </si>
   <si>
     <t>Midas Filmes</t>
   </si>
   <si>
     <t>RO</t>
   </si>
   <si>
     <t>Independenta Film</t>
   </si>
   <si>
+    <t>RS</t>
+  </si>
+  <si>
     <t>SE</t>
   </si>
   <si>
     <t>SI</t>
   </si>
   <si>
     <t>Fivia</t>
   </si>
   <si>
     <t>SK</t>
   </si>
   <si>
     <t>TR</t>
   </si>
   <si>
     <t>BS Dağıtım</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
     <t>AU,CA,FI,GB,NL,NZ,US</t>
@@ -362,53 +365,50 @@
     <t>Minä, Daniel Blake</t>
   </si>
   <si>
     <t>HR,PL</t>
   </si>
   <si>
     <t>Ja, Daniel Blake</t>
   </si>
   <si>
     <t>Én, Daniel Blake</t>
   </si>
   <si>
     <t>Io, Daniel Blake</t>
   </si>
   <si>
     <t>JP</t>
   </si>
   <si>
     <t>わたしは、ダニエル・ブレイク</t>
   </si>
   <si>
     <t>LT</t>
   </si>
   <si>
     <t>Aš, Danielis Bleikas</t>
-  </si>
-[...1 lines deleted...]
-    <t>RS</t>
   </si>
   <si>
     <t>Ja, Danijel Blejk</t>
   </si>
   <si>
     <t>Ben, Daniel Blake</t>
   </si>
   <si>
     <t>RU</t>
   </si>
   <si>
     <t>Я, Дэниел Блэйк</t>
   </si>
   <si>
     <t>Я, Деніел Блейк</t>
   </si>
   <si>
     <t>Εγώ, ο Ντάνιελ Μπλέικ</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
@@ -853,51 +853,51 @@
       </c>
     </row>
     <row r="10" spans="1:2">
       <c r="A10" s="1" t="s">
         <v>17</v>
       </c>
       <c r="B10" s="2" t="s">
         <v>18</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="B5" r:id="rId1"/>
     <hyperlink ref="B6" r:id="rId2"/>
     <hyperlink ref="B7" r:id="rId3"/>
     <hyperlink ref="B8" r:id="rId4"/>
     <hyperlink ref="B9" r:id="rId5"/>
     <hyperlink ref="B10" r:id="rId6"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:M33"/>
+  <dimension ref="A1:M34"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="10.140625" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="18.42578125" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="12.42578125" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="14.85546875" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="8" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="7" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="6" bestFit="1" customWidth="1"/>
     <col min="8" max="13" width="5" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:13">
       <c r="A1" s="1" t="s">
         <v>19</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>20</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>21</v>
       </c>
@@ -1716,432 +1716,457 @@
       <c r="C27">
         <v>42804</v>
       </c>
       <c r="D27" s="3">
         <v>2248</v>
       </c>
       <c r="E27" s="3"/>
       <c r="F27" s="3">
         <v>2213</v>
       </c>
       <c r="G27" s="3"/>
       <c r="H27" s="3">
         <v>35</v>
       </c>
       <c r="I27" s="3"/>
       <c r="J27" s="3"/>
       <c r="K27" s="3"/>
       <c r="L27" s="3"/>
       <c r="M27" s="3"/>
     </row>
     <row r="28" spans="1:13">
       <c r="A28" t="s">
         <v>79</v>
       </c>
       <c r="B28" t="s">
-        <v>47</v>
+        <v>35</v>
       </c>
       <c r="C28">
-        <v>42713</v>
+        <v>42705</v>
       </c>
       <c r="D28" s="3">
-        <v>48669</v>
-[...6 lines deleted...]
-      </c>
+        <v>21</v>
+      </c>
+      <c r="E28" s="3"/>
+      <c r="F28" s="3"/>
       <c r="G28" s="3"/>
       <c r="H28" s="3"/>
       <c r="I28" s="3"/>
       <c r="J28" s="3"/>
       <c r="K28" s="3"/>
       <c r="L28" s="3"/>
       <c r="M28" s="3">
-        <v>4</v>
+        <v>21</v>
       </c>
     </row>
     <row r="29" spans="1:13">
       <c r="A29" t="s">
         <v>80</v>
       </c>
       <c r="B29" t="s">
-        <v>81</v>
+        <v>47</v>
       </c>
       <c r="C29">
-        <v>42687</v>
+        <v>42713</v>
       </c>
       <c r="D29" s="3">
-        <v>8019</v>
+        <v>48669</v>
       </c>
       <c r="E29" s="3">
-        <v>2090</v>
+        <v>20309</v>
       </c>
       <c r="F29" s="3">
-        <v>5023</v>
-[...3 lines deleted...]
-      </c>
+        <v>28356</v>
+      </c>
+      <c r="G29" s="3"/>
       <c r="H29" s="3"/>
       <c r="I29" s="3"/>
-      <c r="J29" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="J29" s="3"/>
       <c r="K29" s="3"/>
       <c r="L29" s="3"/>
-      <c r="M29" s="3"/>
+      <c r="M29" s="3">
+        <v>4</v>
+      </c>
     </row>
     <row r="30" spans="1:13">
       <c r="A30" t="s">
+        <v>81</v>
+      </c>
+      <c r="B30" t="s">
         <v>82</v>
       </c>
-      <c r="B30" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C30">
-        <v>42782</v>
+        <v>42687</v>
       </c>
       <c r="D30" s="3">
-        <v>1592</v>
+        <v>8019</v>
       </c>
       <c r="E30" s="3">
-        <v>691</v>
+        <v>2090</v>
       </c>
       <c r="F30" s="3">
-        <v>798</v>
+        <v>5023</v>
       </c>
       <c r="G30" s="3">
-        <v>17</v>
-[...10 lines deleted...]
-      </c>
+        <v>794</v>
+      </c>
+      <c r="H30" s="3"/>
+      <c r="I30" s="3"/>
+      <c r="J30" s="3">
+        <v>112</v>
+      </c>
+      <c r="K30" s="3"/>
       <c r="L30" s="3"/>
-      <c r="M30" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="M30" s="3"/>
     </row>
     <row r="31" spans="1:13">
       <c r="A31" t="s">
         <v>83</v>
       </c>
       <c r="B31" t="s">
-        <v>84</v>
+        <v>43</v>
       </c>
       <c r="C31">
-        <v>42734</v>
+        <v>42782</v>
       </c>
       <c r="D31" s="3">
-        <v>14481</v>
-[...1 lines deleted...]
-      <c r="E31" s="3"/>
+        <v>1592</v>
+      </c>
+      <c r="E31" s="3">
+        <v>691</v>
+      </c>
       <c r="F31" s="3">
-        <v>14111</v>
+        <v>798</v>
       </c>
       <c r="G31" s="3">
-        <v>370</v>
-[...2 lines deleted...]
-      <c r="I31" s="3"/>
+        <v>17</v>
+      </c>
+      <c r="H31" s="3">
+        <v>26</v>
+      </c>
+      <c r="I31" s="3">
+        <v>17</v>
+      </c>
       <c r="J31" s="3"/>
-      <c r="K31" s="3"/>
+      <c r="K31" s="3">
+        <v>11</v>
+      </c>
       <c r="L31" s="3"/>
-      <c r="M31" s="3"/>
+      <c r="M31" s="3">
+        <v>32</v>
+      </c>
     </row>
     <row r="32" spans="1:13">
       <c r="A32" t="s">
+        <v>84</v>
+      </c>
+      <c r="B32" t="s">
         <v>85</v>
       </c>
+      <c r="C32">
+        <v>42734</v>
+      </c>
       <c r="D32" s="3">
-        <v>2357671</v>
-[...3 lines deleted...]
-      </c>
+        <v>14481</v>
+      </c>
+      <c r="E32" s="3"/>
       <c r="F32" s="3">
-        <v>305194</v>
+        <v>14111</v>
       </c>
       <c r="G32" s="3">
-        <v>11954</v>
-[...18 lines deleted...]
-      </c>
+        <v>370</v>
+      </c>
+      <c r="H32" s="3"/>
+      <c r="I32" s="3"/>
+      <c r="J32" s="3"/>
+      <c r="K32" s="3"/>
+      <c r="L32" s="3"/>
+      <c r="M32" s="3"/>
     </row>
     <row r="33" spans="1:13">
       <c r="A33" t="s">
         <v>86</v>
       </c>
       <c r="D33" s="3">
-        <v>2439700</v>
+        <v>2357671</v>
       </c>
       <c r="E33" s="3">
-        <v>2068390</v>
+        <v>2028879</v>
       </c>
       <c r="F33" s="3">
-        <v>346495</v>
+        <v>305194</v>
       </c>
       <c r="G33" s="3">
-        <v>12974</v>
+        <v>11954</v>
       </c>
       <c r="H33" s="3">
-        <v>4507</v>
+        <v>4405</v>
       </c>
       <c r="I33" s="3">
-        <v>925</v>
+        <v>905</v>
       </c>
       <c r="J33" s="3">
         <v>802</v>
       </c>
       <c r="K33" s="3">
+        <v>1190</v>
+      </c>
+      <c r="L33" s="3">
+        <v>2206</v>
+      </c>
+      <c r="M33" s="3">
+        <v>2136</v>
+      </c>
+    </row>
+    <row r="34" spans="1:13">
+      <c r="A34" t="s">
+        <v>87</v>
+      </c>
+      <c r="D34" s="3">
+        <v>2439700</v>
+      </c>
+      <c r="E34" s="3">
+        <v>2068390</v>
+      </c>
+      <c r="F34" s="3">
+        <v>346495</v>
+      </c>
+      <c r="G34" s="3">
+        <v>12974</v>
+      </c>
+      <c r="H34" s="3">
+        <v>4507</v>
+      </c>
+      <c r="I34" s="3">
+        <v>925</v>
+      </c>
+      <c r="J34" s="3">
+        <v>802</v>
+      </c>
+      <c r="K34" s="3">
         <v>1218</v>
       </c>
-      <c r="L33" s="3">
+      <c r="L34" s="3">
         <v>2218</v>
       </c>
-      <c r="M33" s="3">
+      <c r="M34" s="3">
         <v>2171</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B24"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="20.42578125" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="22.28515625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="B2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:2">
       <c r="B3" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
     </row>
     <row r="4" spans="1:2">
       <c r="A4" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="B4" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="A5" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="B5" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="A6" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="B6" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
     </row>
     <row r="7" spans="1:2">
       <c r="A7" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="B7" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
     </row>
     <row r="8" spans="1:2">
       <c r="A8" t="s">
         <v>38</v>
       </c>
       <c r="B8" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
     </row>
     <row r="9" spans="1:2">
       <c r="A9" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="B9" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
     </row>
     <row r="10" spans="1:2">
       <c r="A10" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="B10" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
     </row>
     <row r="11" spans="1:2">
       <c r="A11" t="s">
         <v>42</v>
       </c>
       <c r="B11" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
     </row>
     <row r="12" spans="1:2">
       <c r="A12" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="B12" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
     </row>
     <row r="13" spans="1:2">
       <c r="A13" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="B13" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
     </row>
     <row r="14" spans="1:2">
       <c r="A14" t="s">
         <v>50</v>
       </c>
       <c r="B14" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
     </row>
     <row r="15" spans="1:2">
       <c r="A15" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="B15" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
     </row>
     <row r="16" spans="1:2">
       <c r="A16" t="s">
         <v>61</v>
       </c>
       <c r="B16" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
     </row>
     <row r="17" spans="1:2">
       <c r="A17" t="s">
         <v>66</v>
       </c>
       <c r="B17" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
     </row>
     <row r="18" spans="1:2">
       <c r="A18" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="B18" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
     </row>
     <row r="19" spans="1:2">
       <c r="A19" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="B19" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
     </row>
     <row r="20" spans="1:2">
       <c r="A20" t="s">
-        <v>116</v>
+        <v>79</v>
       </c>
       <c r="B20" t="s">
         <v>117</v>
       </c>
     </row>
     <row r="21" spans="1:2">
       <c r="A21" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="B21" t="s">
         <v>118</v>
       </c>
     </row>
     <row r="22" spans="1:2">
       <c r="A22" t="s">
         <v>119</v>
       </c>
       <c r="B22" t="s">
         <v>120</v>
       </c>
     </row>
     <row r="23" spans="1:2">
       <c r="A23" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="B23" t="s">
         <v>121</v>
       </c>
     </row>
     <row r="24" spans="1:2">
       <c r="A24" t="s">
         <v>57</v>
       </c>
       <c r="B24" t="s">
         <v>122</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">