--- v0 (2025-11-20)
+++ v1 (2025-12-12)
@@ -292,81 +292,81 @@
   <si>
     <t>Njutafilms</t>
   </si>
   <si>
     <t>SI</t>
   </si>
   <si>
     <t>SK</t>
   </si>
   <si>
     <t>Forum Film</t>
   </si>
   <si>
     <t>TR</t>
   </si>
   <si>
     <t>CGV Mars Dağıtım</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>AT,AU,CA,DK,ES,FR,GB,IE,IT,NO,NZ,RO</t>
+  </si>
+  <si>
+    <t>AL,HU,LT,PL,RO,RS</t>
+  </si>
+  <si>
+    <t>Balerina</t>
+  </si>
+  <si>
+    <t>AR,CL,CO,MX,PT</t>
+  </si>
+  <si>
+    <t>Bailarina</t>
+  </si>
+  <si>
+    <t>BG,RU,UA</t>
+  </si>
+  <si>
+    <t>Балерина</t>
+  </si>
+  <si>
+    <t>BR</t>
+  </si>
+  <si>
+    <t>A Bailarina</t>
+  </si>
+  <si>
+    <t>Ballerina - Gib deinen Traum niemals auf</t>
+  </si>
+  <si>
     <t>Baleriin</t>
-  </si>
-[...28 lines deleted...]
-    <t>Ballerina - Gib deinen Traum niemals auf</t>
   </si>
   <si>
     <t>Balerina i Viktor</t>
   </si>
   <si>
     <t>Stóra stökkið</t>
   </si>
   <si>
     <t>JP</t>
   </si>
   <si>
     <t>Felicie and the Toe Shoe Dream</t>
   </si>
   <si>
     <t>フェリシーと夢のトウシューズ</t>
   </si>
   <si>
     <t>Balerīna</t>
   </si>
   <si>
     <t>Ballerinan och uppfinnaren</t>
   </si>
   <si>
     <t>Balerina in Viktor</t>
   </si>
@@ -1893,99 +1893,99 @@
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B18"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="34.5703125" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="36.85546875" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" t="s">
-        <v>49</v>
+        <v>92</v>
       </c>
       <c r="B2" t="s">
-        <v>92</v>
+        <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:2">
       <c r="A3" t="s">
         <v>93</v>
       </c>
       <c r="B3" t="s">
-        <v>1</v>
+        <v>94</v>
       </c>
     </row>
     <row r="4" spans="1:2">
       <c r="A4" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="B4" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="A5" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="B5" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="A6" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="B6" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
     </row>
     <row r="7" spans="1:2">
       <c r="A7" t="s">
-        <v>100</v>
+        <v>45</v>
       </c>
       <c r="B7" t="s">
         <v>101</v>
       </c>
     </row>
     <row r="8" spans="1:2">
       <c r="A8" t="s">
-        <v>45</v>
+        <v>49</v>
       </c>
       <c r="B8" t="s">
         <v>102</v>
       </c>
     </row>
     <row r="9" spans="1:2">
       <c r="A9" t="s">
         <v>61</v>
       </c>
       <c r="B9" t="s">
         <v>103</v>
       </c>
     </row>
     <row r="10" spans="1:2">
       <c r="A10" t="s">
         <v>66</v>
       </c>
       <c r="B10" t="s">
         <v>104</v>
       </c>
     </row>
     <row r="11" spans="1:2">
       <c r="A11" t="s">
         <v>105</v>
       </c>