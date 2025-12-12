--- v0 (2025-11-20)
+++ v1 (2025-12-12)
@@ -160,123 +160,123 @@
   <si>
     <t>NL</t>
   </si>
   <si>
     <t>Independent Films Benelux</t>
   </si>
   <si>
     <t>PT</t>
   </si>
   <si>
     <t>Leopardo Filmes</t>
   </si>
   <si>
     <t>TR</t>
   </si>
   <si>
     <t>Chantier Films</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>AU,DE,GB,SG,US</t>
+  </si>
+  <si>
+    <t>La forêt des songes</t>
+  </si>
+  <si>
+    <t>Sonsuzluk Ormani</t>
+  </si>
+  <si>
+    <t>BG</t>
+  </si>
+  <si>
+    <t>Море от дървета</t>
+  </si>
+  <si>
+    <t>BR,PT</t>
+  </si>
+  <si>
+    <t>O Mar de Árvores</t>
+  </si>
+  <si>
+    <t>El bosque de los sueños</t>
+  </si>
+  <si>
+    <t>El mar de árboles</t>
+  </si>
+  <si>
+    <t>Nos souvenirs</t>
+  </si>
+  <si>
+    <t>HU</t>
+  </si>
+  <si>
+    <t>A fák tengere</t>
+  </si>
+  <si>
+    <t>La foresta dei sogni</t>
+  </si>
+  <si>
+    <t>JP</t>
+  </si>
+  <si>
+    <t>追憶の森</t>
+  </si>
+  <si>
+    <t>Tsuioku no mori</t>
+  </si>
+  <si>
+    <t>LT</t>
+  </si>
+  <si>
+    <t>Medžiu jura</t>
+  </si>
+  <si>
+    <t>PL</t>
+  </si>
+  <si>
+    <t>Morze drzew</t>
+  </si>
+  <si>
+    <t>RO</t>
+  </si>
+  <si>
+    <t>Marea de copaci</t>
+  </si>
+  <si>
+    <t>Padurea sinucigasilor</t>
+  </si>
+  <si>
     <t>RS</t>
   </si>
   <si>
     <t>More drveća</t>
-  </si>
-[...67 lines deleted...]
-    <t>Padurea sinucigasilor</t>
   </si>
   <si>
     <t>Sonsuzluk Ormanı</t>
   </si>
   <si>
     <t>RU</t>
   </si>
   <si>
     <t>Море деревьев</t>
   </si>
   <si>
     <t>UA</t>
   </si>
   <si>
     <t>Море дерев</t>
   </si>
   <si>
     <t>Μια θάλασσα από δέντρα</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
@@ -1030,170 +1030,170 @@
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B22"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="15.140625" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="24" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" t="s">
         <v>48</v>
       </c>
       <c r="B2" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="3" spans="1:2">
+      <c r="B3" t="s">
         <v>49</v>
-      </c>
-[...6 lines deleted...]
-        <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:2">
       <c r="B4" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="5" spans="1:2">
+      <c r="A5" t="s">
         <v>51</v>
       </c>
-    </row>
-    <row r="5" spans="1:2">
       <c r="B5" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="A6" t="s">
         <v>53</v>
       </c>
       <c r="B6" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="7" spans="1:2">
       <c r="A7" t="s">
+        <v>32</v>
+      </c>
+      <c r="B7" t="s">
         <v>55</v>
-      </c>
-[...1 lines deleted...]
-        <v>56</v>
       </c>
     </row>
     <row r="8" spans="1:2">
       <c r="A8" t="s">
         <v>32</v>
       </c>
       <c r="B8" t="s">
-        <v>57</v>
+        <v>56</v>
       </c>
     </row>
     <row r="9" spans="1:2">
       <c r="A9" t="s">
-        <v>32</v>
+        <v>34</v>
       </c>
       <c r="B9" t="s">
-        <v>58</v>
+        <v>57</v>
       </c>
     </row>
     <row r="10" spans="1:2">
       <c r="A10" t="s">
-        <v>34</v>
+        <v>58</v>
       </c>
       <c r="B10" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="11" spans="1:2">
       <c r="A11" t="s">
+        <v>38</v>
+      </c>
+      <c r="B11" t="s">
         <v>60</v>
-      </c>
-[...1 lines deleted...]
-        <v>61</v>
       </c>
     </row>
     <row r="12" spans="1:2">
       <c r="A12" t="s">
-        <v>38</v>
+        <v>61</v>
       </c>
       <c r="B12" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="13" spans="1:2">
       <c r="A13" t="s">
+        <v>61</v>
+      </c>
+      <c r="B13" t="s">
         <v>63</v>
-      </c>
-[...1 lines deleted...]
-        <v>64</v>
       </c>
     </row>
     <row r="14" spans="1:2">
       <c r="A14" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="B14" t="s">
         <v>65</v>
       </c>
     </row>
     <row r="15" spans="1:2">
       <c r="A15" t="s">
         <v>66</v>
       </c>
       <c r="B15" t="s">
         <v>67</v>
       </c>
     </row>
     <row r="16" spans="1:2">
       <c r="A16" t="s">
         <v>68</v>
       </c>
       <c r="B16" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="17" spans="1:2">
       <c r="A17" t="s">
+        <v>68</v>
+      </c>
+      <c r="B17" t="s">
         <v>70</v>
-      </c>
-[...1 lines deleted...]
-        <v>71</v>
       </c>
     </row>
     <row r="18" spans="1:2">
       <c r="A18" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="B18" t="s">
         <v>72</v>
       </c>
     </row>
     <row r="19" spans="1:2">
       <c r="A19" t="s">
         <v>44</v>
       </c>
       <c r="B19" t="s">
         <v>73</v>
       </c>
     </row>
     <row r="20" spans="1:2">
       <c r="A20" t="s">
         <v>74</v>
       </c>
       <c r="B20" t="s">
         <v>75</v>
       </c>
     </row>
     <row r="21" spans="1:2">
       <c r="A21" t="s">
         <v>76</v>
       </c>