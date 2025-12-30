--- v0 (2025-11-18)
+++ v1 (2025-12-30)
@@ -193,123 +193,123 @@
   <si>
     <t>NO</t>
   </si>
   <si>
     <t>Fidalgo</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>Art-House (PL)</t>
   </si>
   <si>
     <t>RO</t>
   </si>
   <si>
     <t>Transilvania Film</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>Uchenik</t>
+  </si>
+  <si>
+    <t>Uczen</t>
+  </si>
+  <si>
+    <t>Le Disciple</t>
+  </si>
+  <si>
+    <t>AR</t>
+  </si>
+  <si>
+    <t>El Discípulo</t>
+  </si>
+  <si>
+    <t>BR</t>
+  </si>
+  <si>
+    <t>O Estudante</t>
+  </si>
+  <si>
+    <t>CO,MX</t>
+  </si>
+  <si>
+    <t>El discípulo</t>
+  </si>
+  <si>
+    <t>CZ</t>
+  </si>
+  <si>
+    <t>Mucedník</t>
+  </si>
+  <si>
+    <t>Der die Zeichen liest</t>
+  </si>
+  <si>
+    <t>Mártírok</t>
+  </si>
+  <si>
+    <t>GB,IE,SE,US</t>
+  </si>
+  <si>
+    <t>The Student</t>
+  </si>
+  <si>
+    <t>Parola di Dio</t>
+  </si>
+  <si>
+    <t>Mokinys</t>
+  </si>
+  <si>
+    <t>Disippelen</t>
+  </si>
+  <si>
+    <t>Student</t>
+  </si>
+  <si>
+    <t>Uczeń</t>
+  </si>
+  <si>
+    <t>(M)ucenicul</t>
+  </si>
+  <si>
+    <t>RS</t>
+  </si>
+  <si>
+    <t>(M)učenik</t>
+  </si>
+  <si>
     <t>SK</t>
   </si>
   <si>
     <t>Muceník</t>
-  </si>
-[...67 lines deleted...]
-    <t>(M)učenik</t>
   </si>
   <si>
     <t>TR</t>
   </si>
   <si>
     <t>Öğrenci</t>
   </si>
   <si>
     <t>Ο πιστός</t>
   </si>
   <si>
     <t>Ученик</t>
   </si>
   <si>
     <t>(М)ученик</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="### ### ##0"/>
   </numFmts>
   <fonts count="3">
@@ -1251,179 +1251,179 @@
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B24"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="12.140625" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="19.140625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
-      <c r="A2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="B2" t="s">
-        <v>60</v>
+        <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:2">
       <c r="B3" t="s">
-        <v>1</v>
+        <v>59</v>
       </c>
     </row>
     <row r="4" spans="1:2">
       <c r="B4" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="5" spans="1:2">
+      <c r="A5" t="s">
+        <v>36</v>
+      </c>
+      <c r="B5" t="s">
         <v>61</v>
-      </c>
-[...3 lines deleted...]
-        <v>62</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="A6" t="s">
-        <v>36</v>
+        <v>62</v>
       </c>
       <c r="B6" t="s">
         <v>63</v>
       </c>
     </row>
     <row r="7" spans="1:2">
       <c r="A7" t="s">
         <v>64</v>
       </c>
       <c r="B7" t="s">
         <v>65</v>
       </c>
     </row>
     <row r="8" spans="1:2">
       <c r="A8" t="s">
         <v>66</v>
       </c>
       <c r="B8" t="s">
         <v>67</v>
       </c>
     </row>
     <row r="9" spans="1:2">
       <c r="A9" t="s">
         <v>68</v>
       </c>
       <c r="B9" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="10" spans="1:2">
       <c r="A10" t="s">
+        <v>32</v>
+      </c>
+      <c r="B10" t="s">
         <v>70</v>
-      </c>
-[...1 lines deleted...]
-        <v>71</v>
       </c>
     </row>
     <row r="11" spans="1:2">
       <c r="A11" t="s">
-        <v>32</v>
+        <v>42</v>
       </c>
       <c r="B11" t="s">
-        <v>72</v>
+        <v>71</v>
       </c>
     </row>
     <row r="12" spans="1:2">
       <c r="A12" t="s">
-        <v>42</v>
+        <v>72</v>
       </c>
       <c r="B12" t="s">
         <v>73</v>
       </c>
     </row>
     <row r="13" spans="1:2">
       <c r="A13" t="s">
+        <v>44</v>
+      </c>
+      <c r="B13" t="s">
         <v>74</v>
-      </c>
-[...1 lines deleted...]
-        <v>75</v>
       </c>
     </row>
     <row r="14" spans="1:2">
       <c r="A14" t="s">
-        <v>44</v>
+        <v>46</v>
       </c>
       <c r="B14" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
     </row>
     <row r="15" spans="1:2">
       <c r="A15" t="s">
-        <v>46</v>
+        <v>51</v>
       </c>
       <c r="B15" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
     </row>
     <row r="16" spans="1:2">
       <c r="A16" t="s">
-        <v>51</v>
+        <v>53</v>
       </c>
       <c r="B16" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
     </row>
     <row r="17" spans="1:2">
       <c r="A17" t="s">
         <v>53</v>
       </c>
       <c r="B17" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
     </row>
     <row r="18" spans="1:2">
       <c r="A18" t="s">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="B18" t="s">
-        <v>80</v>
+        <v>79</v>
       </c>
     </row>
     <row r="19" spans="1:2">
       <c r="A19" t="s">
-        <v>55</v>
+        <v>80</v>
       </c>
       <c r="B19" t="s">
         <v>81</v>
       </c>
     </row>
     <row r="20" spans="1:2">
       <c r="A20" t="s">
         <v>82</v>
       </c>
       <c r="B20" t="s">
         <v>83</v>
       </c>
     </row>
     <row r="21" spans="1:2">
       <c r="A21" t="s">
         <v>84</v>
       </c>
       <c r="B21" t="s">
         <v>85</v>
       </c>
     </row>
     <row r="22" spans="1:2">
       <c r="A22" t="s">
         <v>40</v>
       </c>