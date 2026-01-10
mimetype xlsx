--- v0 (2025-11-29)
+++ v1 (2026-01-10)
@@ -241,81 +241,81 @@
   <si>
     <t>SI</t>
   </si>
   <si>
     <t>Demiurg</t>
   </si>
   <si>
     <t>SK</t>
   </si>
   <si>
     <t>ASFK</t>
   </si>
   <si>
     <t>TR</t>
   </si>
   <si>
     <t>BS Dağıtım</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>Kirmizi Kaplumbaga</t>
+  </si>
+  <si>
+    <t>Testoasa rosie</t>
+  </si>
+  <si>
+    <t>BG</t>
+  </si>
+  <si>
+    <t>Червената костенурка</t>
+  </si>
+  <si>
+    <t>AU,CA,FI,GB,IE,NL,NO,SE,US</t>
+  </si>
+  <si>
+    <t>The Red Turtle</t>
+  </si>
+  <si>
+    <t>CA</t>
+  </si>
+  <si>
+    <t>La Tortue rouge</t>
+  </si>
+  <si>
+    <t>Kırmızı Kaplumbağa</t>
+  </si>
+  <si>
     <t>CN</t>
   </si>
   <si>
     <t>红海龟</t>
-  </si>
-[...25 lines deleted...]
-    <t>Kırmızı Kaplumbağa</t>
   </si>
   <si>
     <t>JP</t>
   </si>
   <si>
     <t>レッドタートル ある島の物語</t>
   </si>
   <si>
     <t>Ţestoasa roşie</t>
   </si>
   <si>
     <t>Czerwony zólw</t>
   </si>
   <si>
     <t>Rdeca zelva</t>
   </si>
   <si>
     <t>AR,ES,MX</t>
   </si>
   <si>
     <t>La tortuga roja</t>
   </si>
   <si>
     <t>Die Rote Schildkröte</t>
   </si>
@@ -1704,99 +1704,99 @@
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B30"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="25.5703125" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="23.140625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" t="s">
+        <v>71</v>
+      </c>
+      <c r="B2" t="s">
         <v>75</v>
-      </c>
-[...1 lines deleted...]
-        <v>76</v>
       </c>
     </row>
     <row r="3" spans="1:2">
       <c r="A3" t="s">
-        <v>71</v>
+        <v>65</v>
       </c>
       <c r="B3" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
     </row>
     <row r="4" spans="1:2">
       <c r="A4" t="s">
-        <v>65</v>
+        <v>77</v>
       </c>
       <c r="B4" t="s">
         <v>78</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="A5" t="s">
         <v>79</v>
       </c>
       <c r="B5" t="s">
         <v>80</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="A6" t="s">
         <v>81</v>
       </c>
       <c r="B6" t="s">
         <v>82</v>
       </c>
     </row>
     <row r="7" spans="1:2">
       <c r="A7" t="s">
+        <v>71</v>
+      </c>
+      <c r="B7" t="s">
         <v>83</v>
-      </c>
-[...1 lines deleted...]
-        <v>84</v>
       </c>
     </row>
     <row r="8" spans="1:2">
       <c r="A8" t="s">
-        <v>71</v>
+        <v>84</v>
       </c>
       <c r="B8" t="s">
         <v>85</v>
       </c>
     </row>
     <row r="9" spans="1:2">
       <c r="A9" t="s">
         <v>86</v>
       </c>
       <c r="B9" t="s">
         <v>87</v>
       </c>
     </row>
     <row r="10" spans="1:2">
       <c r="A10" t="s">
         <v>65</v>
       </c>
       <c r="B10" t="s">
         <v>88</v>
       </c>
     </row>
     <row r="11" spans="1:2">
       <c r="A11" t="s">
         <v>46</v>
       </c>