--- v0 (2025-11-22)
+++ v1 (2025-12-13)
@@ -250,93 +250,93 @@
   <si>
     <t>SE</t>
   </si>
   <si>
     <t>TriArt Film</t>
   </si>
   <si>
     <t>SI</t>
   </si>
   <si>
     <t>Fivia</t>
   </si>
   <si>
     <t>SK</t>
   </si>
   <si>
     <t>ASFK</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>Danserinden</t>
+  </si>
+  <si>
     <t>BE,CA,MX</t>
   </si>
   <si>
     <t>TR</t>
   </si>
   <si>
     <t>Muhtesem Loie</t>
   </si>
   <si>
     <t>Sokeja</t>
   </si>
   <si>
     <t>CN</t>
   </si>
   <si>
     <t>舞女</t>
   </si>
   <si>
     <t>AT,DE</t>
   </si>
   <si>
     <t>Die Tänzerin</t>
   </si>
   <si>
     <t>BG</t>
   </si>
   <si>
     <t>Танцьорката</t>
   </si>
   <si>
     <t>BR,PT</t>
   </si>
   <si>
     <t>A Dançarina</t>
   </si>
   <si>
     <t>CA,FR</t>
   </si>
   <si>
     <t>La Danseuse</t>
-  </si>
-[...1 lines deleted...]
-    <t>Danserinden</t>
   </si>
   <si>
     <t>La bailarina</t>
   </si>
   <si>
     <t>Io danzerò</t>
   </si>
   <si>
     <t>JP</t>
   </si>
   <si>
     <t>ザ・ダンサー</t>
   </si>
   <si>
     <t>Η χορεύτρια</t>
   </si>
   <si>
     <t>Šokeja</t>
   </si>
   <si>
     <t>Danserinnen</t>
   </si>
   <si>
     <t>Tancerka</t>
   </si>
@@ -1634,115 +1634,115 @@
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B24"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="14.140625" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="15" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" t="s">
+        <v>44</v>
+      </c>
+      <c r="B2" t="s">
         <v>78</v>
-      </c>
-[...1 lines deleted...]
-        <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:2">
       <c r="A3" t="s">
         <v>79</v>
       </c>
       <c r="B3" t="s">
-        <v>80</v>
+        <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:2">
       <c r="A4" t="s">
-        <v>60</v>
+        <v>80</v>
       </c>
       <c r="B4" t="s">
         <v>81</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="A5" t="s">
+        <v>60</v>
+      </c>
+      <c r="B5" t="s">
         <v>82</v>
-      </c>
-[...1 lines deleted...]
-        <v>83</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="A6" t="s">
+        <v>83</v>
+      </c>
+      <c r="B6" t="s">
         <v>84</v>
-      </c>
-[...1 lines deleted...]
-        <v>85</v>
       </c>
     </row>
     <row r="7" spans="1:2">
       <c r="A7" t="s">
+        <v>85</v>
+      </c>
+      <c r="B7" t="s">
         <v>86</v>
-      </c>
-[...1 lines deleted...]
-        <v>87</v>
       </c>
     </row>
     <row r="8" spans="1:2">
       <c r="A8" t="s">
+        <v>87</v>
+      </c>
+      <c r="B8" t="s">
         <v>88</v>
-      </c>
-[...1 lines deleted...]
-        <v>89</v>
       </c>
     </row>
     <row r="9" spans="1:2">
       <c r="A9" t="s">
+        <v>89</v>
+      </c>
+      <c r="B9" t="s">
         <v>90</v>
-      </c>
-[...1 lines deleted...]
-        <v>91</v>
       </c>
     </row>
     <row r="10" spans="1:2">
       <c r="A10" t="s">
-        <v>44</v>
+        <v>91</v>
       </c>
       <c r="B10" t="s">
         <v>92</v>
       </c>
     </row>
     <row r="11" spans="1:2">
       <c r="A11" t="s">
         <v>48</v>
       </c>
       <c r="B11" t="s">
         <v>93</v>
       </c>
     </row>
     <row r="12" spans="1:2">
       <c r="A12" t="s">
         <v>58</v>
       </c>
       <c r="B12" t="s">
         <v>94</v>
       </c>
     </row>
     <row r="13" spans="1:2">
       <c r="A13" t="s">
         <v>95</v>
       </c>
@@ -1786,51 +1786,51 @@
       <c r="A18" t="s">
         <v>101</v>
       </c>
       <c r="B18" t="s">
         <v>102</v>
       </c>
     </row>
     <row r="19" spans="1:2">
       <c r="A19" t="s">
         <v>103</v>
       </c>
       <c r="B19" t="s">
         <v>104</v>
       </c>
     </row>
     <row r="20" spans="1:2">
       <c r="A20" t="s">
         <v>70</v>
       </c>
       <c r="B20" t="s">
         <v>105</v>
       </c>
     </row>
     <row r="21" spans="1:2">
       <c r="A21" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="B21" t="s">
         <v>106</v>
       </c>
     </row>
     <row r="22" spans="1:2">
       <c r="A22" t="s">
         <v>107</v>
       </c>
       <c r="B22" t="s">
         <v>108</v>
       </c>
     </row>
     <row r="23" spans="1:2">
       <c r="A23" t="s">
         <v>109</v>
       </c>
       <c r="B23" t="s">
         <v>110</v>
       </c>
     </row>
     <row r="24" spans="1:2">
       <c r="A24" t="s">
         <v>111</v>
       </c>