--- v0 (2025-11-22)
+++ v1 (2025-12-16)
@@ -118,54 +118,54 @@
   <si>
     <t>FI</t>
   </si>
   <si>
     <t>FS Film</t>
   </si>
   <si>
     <t>GB</t>
   </si>
   <si>
     <t>GR</t>
   </si>
   <si>
     <t>Tanweer</t>
   </si>
   <si>
     <t>NL</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>AU,CA,JP,MX,US</t>
+  </si>
+  <si>
     <t>La barbería 3: Todo el mundo necesita un corte</t>
-  </si>
-[...1 lines deleted...]
-    <t>AU,CA,JP,MX,US</t>
   </si>
   <si>
     <t>BG</t>
   </si>
   <si>
     <t>Бръснарницата: Следващо клъцване</t>
   </si>
   <si>
     <t>BR</t>
   </si>
   <si>
     <t>Um Salão do Barulho 3</t>
   </si>
   <si>
     <t>CZ</t>
   </si>
   <si>
     <t>Holičství 3: Nový sestřih</t>
   </si>
   <si>
     <t>Barbershop: Jeder braucht 'nen frischen Haarschnitt</t>
   </si>
   <si>
     <t>DK,GB,NL</t>
   </si>
@@ -843,60 +843,60 @@
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B18"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="15.28515625" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="46.42578125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
+      <c r="A2" t="s">
+        <v>34</v>
+      </c>
       <c r="B2" t="s">
-        <v>34</v>
+        <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:2">
-      <c r="A3" t="s">
+      <c r="B3" t="s">
         <v>35</v>
-      </c>
-[...1 lines deleted...]
-        <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:2">
       <c r="A4" t="s">
         <v>36</v>
       </c>
       <c r="B4" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="A5" t="s">
         <v>38</v>
       </c>
       <c r="B5" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="A6" t="s">
         <v>40</v>
       </c>
       <c r="B6" t="s">
         <v>41</v>
       </c>