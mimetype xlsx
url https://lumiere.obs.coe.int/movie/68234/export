--- v0 (2025-11-30)
+++ v1 (2026-01-11)
@@ -178,81 +178,81 @@
   <si>
     <t>Arthaus (NO)</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>Art-House (PL)</t>
   </si>
   <si>
     <t>SE</t>
   </si>
   <si>
     <t>Edge Entertainment</t>
   </si>
   <si>
     <t>SK</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>DK,FI,GB,HU,PL,SE,US</t>
+  </si>
+  <si>
+    <t>Hedi</t>
+  </si>
+  <si>
     <t>CN</t>
   </si>
   <si>
     <t>赫迪</t>
   </si>
   <si>
     <t>AR</t>
   </si>
   <si>
     <t>La amante</t>
   </si>
   <si>
     <t>BE,CA,CH,FR</t>
   </si>
   <si>
     <t>Hedi: Un Vent de Liberté</t>
   </si>
   <si>
     <t>BR</t>
   </si>
   <si>
     <t>A Amante</t>
   </si>
   <si>
     <t>Hedis Hochzeit</t>
-  </si>
-[...4 lines deleted...]
-    <t>Hedi</t>
   </si>
   <si>
     <t>Hedi, un viento de libertad</t>
   </si>
   <si>
     <t>FI,SE</t>
   </si>
   <si>
     <t>Min arabiska vår</t>
   </si>
   <si>
     <t>MX</t>
   </si>
   <si>
     <t>Hedi, amor y libertad</t>
   </si>
   <si>
     <t>Min arabiske vår</t>
   </si>
   <si>
     <t>Η ιστορία του Hedi</t>
   </si>
   <si>
     <t>TR</t>
   </si>
@@ -1151,97 +1151,97 @@
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B16"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="19.7109375" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="24.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
+      <c r="A2" t="s">
+        <v>54</v>
+      </c>
       <c r="B2" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="3" spans="1:2">
+      <c r="B3" t="s">
         <v>1</v>
-      </c>
-[...6 lines deleted...]
-        <v>55</v>
       </c>
     </row>
     <row r="4" spans="1:2">
       <c r="A4" t="s">
         <v>56</v>
       </c>
       <c r="B4" t="s">
         <v>57</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="A5" t="s">
         <v>58</v>
       </c>
       <c r="B5" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="A6" t="s">
         <v>60</v>
       </c>
       <c r="B6" t="s">
         <v>61</v>
       </c>
     </row>
     <row r="7" spans="1:2">
       <c r="A7" t="s">
-        <v>35</v>
+        <v>62</v>
       </c>
       <c r="B7" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
     </row>
     <row r="8" spans="1:2">
       <c r="A8" t="s">
-        <v>63</v>
+        <v>35</v>
       </c>
       <c r="B8" t="s">
         <v>64</v>
       </c>
     </row>
     <row r="9" spans="1:2">
       <c r="A9" t="s">
         <v>37</v>
       </c>
       <c r="B9" t="s">
         <v>65</v>
       </c>
     </row>
     <row r="10" spans="1:2">
       <c r="A10" t="s">
         <v>66</v>
       </c>
       <c r="B10" t="s">
         <v>67</v>
       </c>
     </row>
     <row r="11" spans="1:2">
       <c r="A11" t="s">
         <v>68</v>
       </c>