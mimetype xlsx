--- v0 (2025-11-29)
+++ v1 (2026-01-09)
@@ -214,69 +214,69 @@
   <si>
     <t>Fidalgo</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>SE</t>
   </si>
   <si>
     <t>Edge Entertainment</t>
   </si>
   <si>
     <t>TR</t>
   </si>
   <si>
     <t>Bir Film</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>Chuyen tau sinh tu</t>
+  </si>
+  <si>
+    <t>Estación Zombie</t>
+  </si>
+  <si>
+    <t>Estación Zombie: tren a Busan</t>
+  </si>
+  <si>
+    <t>Invasión Zombie</t>
+  </si>
+  <si>
     <t>Ostatni pociag</t>
   </si>
   <si>
     <t>Shin Kansen: Final Express</t>
   </si>
   <si>
     <t>Tren a Busan</t>
-  </si>
-[...10 lines deleted...]
-    <t>Invasión Zombie</t>
   </si>
   <si>
     <t>RO</t>
   </si>
   <si>
     <t>Trenul de Busan</t>
   </si>
   <si>
     <t>Voz za Pusan</t>
   </si>
   <si>
     <t>Последний экспресс</t>
   </si>
   <si>
     <t>UA</t>
   </si>
   <si>
     <t>Потяг до Пусану</t>
   </si>
   <si>
     <t>CN</t>
   </si>
   <si>
     <t>釜山行</t>
   </si>
@@ -1506,91 +1506,91 @@
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B41"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="39.85546875" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="31.28515625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
+      <c r="A2" t="s">
+        <v>6</v>
+      </c>
       <c r="B2" t="s">
-        <v>66</v>
+        <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:2">
       <c r="B3" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="4" spans="1:2">
+      <c r="B4" t="s">
         <v>67</v>
       </c>
     </row>
-    <row r="4" spans="1:2">
-[...3 lines deleted...]
-      <c r="B4" t="s">
+    <row r="5" spans="1:2">
+      <c r="B5" t="s">
         <v>68</v>
-      </c>
-[...6 lines deleted...]
-        <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="B6" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="7" spans="1:2">
       <c r="B7" t="s">
         <v>70</v>
       </c>
     </row>
     <row r="8" spans="1:2">
       <c r="B8" t="s">
         <v>71</v>
       </c>
     </row>
     <row r="9" spans="1:2">
+      <c r="A9" t="s">
+        <v>44</v>
+      </c>
       <c r="B9" t="s">
         <v>72</v>
       </c>
     </row>
     <row r="10" spans="1:2">
       <c r="A10" t="s">
         <v>73</v>
       </c>
       <c r="B10" t="s">
         <v>74</v>
       </c>
     </row>
     <row r="11" spans="1:2">
       <c r="B11" t="s">
         <v>75</v>
       </c>
     </row>
     <row r="12" spans="1:2">
       <c r="B12" t="s">
         <v>76</v>
       </c>
     </row>
     <row r="13" spans="1:2">
       <c r="A13" t="s">
         <v>77</v>