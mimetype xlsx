--- v0 (2025-12-03)
+++ v1 (2026-01-11)
@@ -187,105 +187,105 @@
   <si>
     <t>Aurora Films (PL)</t>
   </si>
   <si>
     <t>PT</t>
   </si>
   <si>
     <t>Legendmain Filmes</t>
   </si>
   <si>
     <t>SI</t>
   </si>
   <si>
     <t>Fivia</t>
   </si>
   <si>
     <t>SK</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>KR</t>
+  </si>
+  <si>
+    <t>비잉 17</t>
+  </si>
+  <si>
     <t>CA,GB,NO,SE,US</t>
   </si>
   <si>
     <t>Being 17</t>
   </si>
   <si>
     <t>AU,CA,FR,MX</t>
   </si>
   <si>
     <t>TR</t>
   </si>
   <si>
     <t>Yaş 17</t>
   </si>
   <si>
     <t>Imati 17 godina</t>
   </si>
   <si>
     <t>Majac 17 lat</t>
   </si>
   <si>
     <t>Quando hai 17 anni - Scegli di essere te stesso</t>
   </si>
   <si>
     <t>AT,DE</t>
   </si>
   <si>
     <t>Mit siebzehn</t>
   </si>
   <si>
     <t>BR,PT</t>
   </si>
   <si>
     <t>Quando Se Tem 17 Anos</t>
   </si>
   <si>
     <t>CO</t>
   </si>
   <si>
     <t>17 años</t>
   </si>
   <si>
     <t>V Sedmnácti</t>
   </si>
   <si>
     <t>Cuando tienes 17 años</t>
   </si>
   <si>
     <t>Quando hai 17 anni</t>
-  </si>
-[...4 lines deleted...]
-    <t>비잉 17</t>
   </si>
   <si>
     <t>LT</t>
   </si>
   <si>
     <t>Septyniolikmečiai</t>
   </si>
   <si>
     <t>Mając 17 lat</t>
   </si>
   <si>
     <t>RO</t>
   </si>
   <si>
     <t>Când ai 17 ani</t>
   </si>
   <si>
     <t>RS</t>
   </si>
   <si>
     <t>Имати 17 година</t>
   </si>
   <si>
     <t>Ko imaš 17 let</t>
   </si>
@@ -1286,127 +1286,127 @@
     <col min="1" max="1" width="15.28515625" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="41.28515625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" t="s">
         <v>57</v>
       </c>
       <c r="B2" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="3" spans="1:2">
       <c r="A3" t="s">
         <v>59</v>
       </c>
       <c r="B3" t="s">
-        <v>1</v>
+        <v>60</v>
       </c>
     </row>
     <row r="4" spans="1:2">
       <c r="A4" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="B4" t="s">
-        <v>61</v>
+        <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:2">
+      <c r="A5" t="s">
+        <v>62</v>
+      </c>
       <c r="B5" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="B6" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
     </row>
     <row r="7" spans="1:2">
       <c r="B7" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
     </row>
     <row r="8" spans="1:2">
-      <c r="A8" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="B8" t="s">
         <v>66</v>
       </c>
     </row>
     <row r="9" spans="1:2">
       <c r="A9" t="s">
         <v>67</v>
       </c>
       <c r="B9" t="s">
         <v>68</v>
       </c>
     </row>
     <row r="10" spans="1:2">
       <c r="A10" t="s">
         <v>69</v>
       </c>
       <c r="B10" t="s">
         <v>70</v>
       </c>
     </row>
     <row r="11" spans="1:2">
       <c r="A11" t="s">
-        <v>37</v>
+        <v>71</v>
       </c>
       <c r="B11" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
     </row>
     <row r="12" spans="1:2">
       <c r="A12" t="s">
-        <v>41</v>
+        <v>37</v>
       </c>
       <c r="B12" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
     </row>
     <row r="13" spans="1:2">
       <c r="A13" t="s">
-        <v>44</v>
+        <v>41</v>
       </c>
       <c r="B13" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
     </row>
     <row r="14" spans="1:2">
       <c r="A14" t="s">
-        <v>74</v>
+        <v>44</v>
       </c>
       <c r="B14" t="s">
         <v>75</v>
       </c>
     </row>
     <row r="15" spans="1:2">
       <c r="A15" t="s">
         <v>76</v>
       </c>
       <c r="B15" t="s">
         <v>77</v>
       </c>
     </row>
     <row r="16" spans="1:2">
       <c r="A16" t="s">
         <v>48</v>
       </c>
       <c r="B16" t="s">
         <v>78</v>
       </c>
     </row>
     <row r="17" spans="1:2">
       <c r="A17" t="s">
         <v>79</v>
       </c>