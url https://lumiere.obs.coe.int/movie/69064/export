--- v0 (2025-12-24)
+++ v1 (2026-01-14)
@@ -106,63 +106,63 @@
   <si>
     <t>EE</t>
   </si>
   <si>
     <t>Tespi</t>
   </si>
   <si>
     <t>LT</t>
   </si>
   <si>
     <t>Garsu Pasaulio irasai</t>
   </si>
   <si>
     <t>LV</t>
   </si>
   <si>
     <t>GPI</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>PL</t>
+  </si>
+  <si>
+    <t>Zaloga</t>
+  </si>
+  <si>
+    <t>BG</t>
+  </si>
+  <si>
+    <t>Екипаж</t>
+  </si>
+  <si>
     <t>CA</t>
-  </si>
-[...10 lines deleted...]
-    <t>Екипаж</t>
   </si>
   <si>
     <t>BR</t>
   </si>
   <si>
     <t>Voo de Emergência</t>
   </si>
   <si>
     <t>CL</t>
   </si>
   <si>
     <t>Rescate Suicida</t>
   </si>
   <si>
     <t>CZ</t>
   </si>
   <si>
     <t>Nouzový let</t>
   </si>
   <si>
     <t>DE</t>
   </si>
   <si>
     <t>Final Take-Off - Einsame Entscheidung</t>
   </si>
@@ -794,67 +794,67 @@
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B20"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="12.140625" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="34.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" t="s">
         <v>30</v>
       </c>
       <c r="B2" t="s">
-        <v>1</v>
+        <v>31</v>
       </c>
     </row>
     <row r="3" spans="1:2">
       <c r="A3" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="B3" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
     </row>
     <row r="4" spans="1:2">
       <c r="A4" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="B4" t="s">
-        <v>34</v>
+        <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="A5" t="s">
         <v>35</v>
       </c>
       <c r="B5" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="A6" t="s">
         <v>37</v>
       </c>
       <c r="B6" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="7" spans="1:2">
       <c r="A7" t="s">
         <v>39</v>
       </c>
       <c r="B7" t="s">
         <v>40</v>
       </c>
@@ -895,51 +895,51 @@
       <c r="A12" t="s">
         <v>24</v>
       </c>
       <c r="B12" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="13" spans="1:2">
       <c r="A13" t="s">
         <v>26</v>
       </c>
       <c r="B13" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="14" spans="1:2">
       <c r="A14" t="s">
         <v>51</v>
       </c>
       <c r="B14" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="15" spans="1:2">
       <c r="A15" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="B15" t="s">
         <v>53</v>
       </c>
     </row>
     <row r="16" spans="1:2">
       <c r="A16" t="s">
         <v>54</v>
       </c>
       <c r="B16" t="s">
         <v>55</v>
       </c>
     </row>
     <row r="17" spans="1:2">
       <c r="A17" t="s">
         <v>41</v>
       </c>
       <c r="B17" t="s">
         <v>56</v>
       </c>
     </row>
     <row r="18" spans="1:2">
       <c r="A18" t="s">
         <v>57</v>
       </c>