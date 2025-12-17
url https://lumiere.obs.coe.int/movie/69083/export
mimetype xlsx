--- v0 (2025-11-25)
+++ v1 (2025-12-17)
@@ -106,81 +106,81 @@
   <si>
     <t>EE</t>
   </si>
   <si>
     <t>Tespi</t>
   </si>
   <si>
     <t>LT</t>
   </si>
   <si>
     <t>Garsu Pasaulio irasai</t>
   </si>
   <si>
     <t>LV</t>
   </si>
   <si>
     <t>GPI</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>BR</t>
+  </si>
+  <si>
+    <t>O Quebra Gelo</t>
+  </si>
+  <si>
+    <t>DE</t>
+  </si>
+  <si>
+    <t>PL</t>
+  </si>
+  <si>
+    <t>Lodolamacz</t>
+  </si>
+  <si>
+    <t>BG</t>
+  </si>
+  <si>
+    <t>Ледоразбивач</t>
+  </si>
+  <si>
+    <t>CA,GB,US</t>
+  </si>
+  <si>
+    <t>The Icebreaker</t>
+  </si>
+  <si>
     <t>DK</t>
   </si>
   <si>
     <t>Isbryderen</t>
-  </si>
-[...25 lines deleted...]
-    <t>The Icebreaker</t>
   </si>
   <si>
     <t>ES</t>
   </si>
   <si>
     <t>El rompehielos</t>
   </si>
   <si>
     <t>FR</t>
   </si>
   <si>
     <t>Le brise-glace</t>
   </si>
   <si>
     <t>Ledlaužis</t>
   </si>
   <si>
     <t>Ledlauzis</t>
   </si>
   <si>
     <t>Lodołamacz</t>
   </si>
   <si>
     <t>Ледокол</t>
   </si>