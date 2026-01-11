--- v1 (2025-12-17)
+++ v2 (2026-01-11)
@@ -106,69 +106,69 @@
   <si>
     <t>EE</t>
   </si>
   <si>
     <t>Tespi</t>
   </si>
   <si>
     <t>LT</t>
   </si>
   <si>
     <t>Garsu Pasaulio irasai</t>
   </si>
   <si>
     <t>LV</t>
   </si>
   <si>
     <t>GPI</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>DE</t>
+  </si>
+  <si>
+    <t>PL</t>
+  </si>
+  <si>
+    <t>Lodolamacz</t>
+  </si>
+  <si>
+    <t>BG</t>
+  </si>
+  <si>
+    <t>Ледоразбивач</t>
+  </si>
+  <si>
     <t>BR</t>
   </si>
   <si>
     <t>O Quebra Gelo</t>
-  </si>
-[...13 lines deleted...]
-    <t>Ледоразбивач</t>
   </si>
   <si>
     <t>CA,GB,US</t>
   </si>
   <si>
     <t>The Icebreaker</t>
   </si>
   <si>
     <t>DK</t>
   </si>
   <si>
     <t>Isbryderen</t>
   </si>
   <si>
     <t>ES</t>
   </si>
   <si>
     <t>El rompehielos</t>
   </si>
   <si>
     <t>FR</t>
   </si>
   <si>
     <t>Le brise-glace</t>
   </si>
@@ -764,59 +764,59 @@
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B15"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="12.140625" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="32.5703125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" t="s">
         <v>30</v>
       </c>
       <c r="B2" t="s">
-        <v>31</v>
+        <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:2">
       <c r="A3" t="s">
+        <v>31</v>
+      </c>
+      <c r="B3" t="s">
         <v>32</v>
-      </c>
-[...1 lines deleted...]
-        <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:2">
       <c r="A4" t="s">
         <v>33</v>
       </c>
       <c r="B4" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="A5" t="s">
         <v>35</v>
       </c>
       <c r="B5" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="A6" t="s">
         <v>37</v>
       </c>
       <c r="B6" t="s">
         <v>38</v>
       </c>
@@ -841,51 +841,51 @@
       <c r="A9" t="s">
         <v>43</v>
       </c>
       <c r="B9" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="10" spans="1:2">
       <c r="A10" t="s">
         <v>24</v>
       </c>
       <c r="B10" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="11" spans="1:2">
       <c r="A11" t="s">
         <v>26</v>
       </c>
       <c r="B11" t="s">
         <v>46</v>
       </c>
     </row>
     <row r="12" spans="1:2">
       <c r="A12" t="s">
-        <v>33</v>
+        <v>31</v>
       </c>
       <c r="B12" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="13" spans="1:2">
       <c r="A13" t="s">
         <v>6</v>
       </c>
       <c r="B13" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="14" spans="1:2">
       <c r="A14" t="s">
         <v>49</v>
       </c>
       <c r="B14" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="15" spans="1:2">
       <c r="A15" t="s">
         <v>51</v>
       </c>