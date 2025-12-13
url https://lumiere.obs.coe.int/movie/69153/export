--- v0 (2025-11-20)
+++ v1 (2025-12-13)
@@ -223,105 +223,105 @@
   <si>
     <t>RO</t>
   </si>
   <si>
     <t>Festival</t>
   </si>
   <si>
     <t>SE</t>
   </si>
   <si>
     <t>TriArt Film</t>
   </si>
   <si>
     <t>TR</t>
   </si>
   <si>
     <t>BS Dağıtım</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>Senin Adın</t>
+  </si>
+  <si>
+    <t>君の名は。</t>
+  </si>
+  <si>
     <t>Numele Tau</t>
   </si>
   <si>
     <t>Senin Adin</t>
   </si>
   <si>
     <t>BR</t>
   </si>
   <si>
     <t>Seu Nome</t>
   </si>
   <si>
     <t>VN</t>
   </si>
   <si>
     <t>Ten Cau La Gi?</t>
   </si>
   <si>
     <t>Your Name: Gestern, heute und für immer</t>
   </si>
   <si>
     <t>UA</t>
   </si>
   <si>
     <t>Твоe iм'я</t>
   </si>
   <si>
     <t>BG</t>
   </si>
   <si>
     <t>Твоето име</t>
   </si>
   <si>
     <t>CA</t>
   </si>
   <si>
     <t>Kimi No Na Wa.</t>
   </si>
   <si>
     <t>AR,AT,AU,BR,CA,CL,DE,DK,ES,FI,FR,GB,HK,IT,JP,MX,NO,NZ,US</t>
   </si>
   <si>
     <t>Your Name.</t>
   </si>
   <si>
     <t>CO,ES</t>
   </si>
   <si>
     <t>Tu Nombre</t>
-  </si>
-[...4 lines deleted...]
-    <t>Senin Adın</t>
   </si>
   <si>
     <t>CN</t>
   </si>
   <si>
     <t>你的名字。</t>
   </si>
   <si>
     <t>Lub ta fun thung chue thur</t>
   </si>
   <si>
     <t>Ni De Ming Zi</t>
   </si>
   <si>
     <t>Твое имя</t>
   </si>
   <si>
     <t>Seu Nome.</t>
   </si>
   <si>
     <t>CN,HK</t>
   </si>
   <si>
     <t>Nei dik mingzi.</t>
   </si>
@@ -1555,178 +1555,178 @@
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B35"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="54.42578125" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="38.140625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" t="s">
-        <v>61</v>
+        <v>65</v>
       </c>
       <c r="B2" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="3" spans="1:2">
       <c r="A3" t="s">
-        <v>65</v>
+        <v>6</v>
       </c>
       <c r="B3" t="s">
         <v>70</v>
       </c>
     </row>
     <row r="4" spans="1:2">
       <c r="A4" t="s">
+        <v>61</v>
+      </c>
+      <c r="B4" t="s">
         <v>71</v>
-      </c>
-[...1 lines deleted...]
-        <v>72</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="A5" t="s">
-        <v>73</v>
+        <v>65</v>
       </c>
       <c r="B5" t="s">
-        <v>74</v>
+        <v>72</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="A6" t="s">
-        <v>38</v>
+        <v>73</v>
       </c>
       <c r="B6" t="s">
-        <v>75</v>
+        <v>74</v>
       </c>
     </row>
     <row r="7" spans="1:2">
       <c r="A7" t="s">
+        <v>75</v>
+      </c>
+      <c r="B7" t="s">
         <v>76</v>
-      </c>
-[...1 lines deleted...]
-        <v>77</v>
       </c>
     </row>
     <row r="8" spans="1:2">
       <c r="A8" t="s">
-        <v>78</v>
+        <v>38</v>
       </c>
       <c r="B8" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
     </row>
     <row r="9" spans="1:2">
       <c r="A9" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="B9" t="s">
-        <v>81</v>
+        <v>79</v>
       </c>
     </row>
     <row r="10" spans="1:2">
       <c r="A10" t="s">
-        <v>82</v>
+        <v>80</v>
       </c>
       <c r="B10" t="s">
-        <v>83</v>
+        <v>81</v>
       </c>
     </row>
     <row r="11" spans="1:2">
       <c r="A11" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="B11" t="s">
-        <v>1</v>
+        <v>83</v>
       </c>
     </row>
     <row r="12" spans="1:2">
       <c r="A12" t="s">
         <v>84</v>
       </c>
       <c r="B12" t="s">
         <v>85</v>
       </c>
     </row>
     <row r="13" spans="1:2">
       <c r="A13" t="s">
-        <v>6</v>
+        <v>82</v>
       </c>
       <c r="B13" t="s">
-        <v>86</v>
+        <v>1</v>
       </c>
     </row>
     <row r="14" spans="1:2">
       <c r="A14" t="s">
-        <v>65</v>
+        <v>86</v>
       </c>
       <c r="B14" t="s">
         <v>87</v>
       </c>
     </row>
     <row r="15" spans="1:2">
       <c r="A15" t="s">
         <v>88</v>
       </c>
       <c r="B15" t="s">
         <v>89</v>
       </c>
     </row>
     <row r="16" spans="1:2">
       <c r="B16" t="s">
         <v>90</v>
       </c>
     </row>
     <row r="17" spans="1:2">
       <c r="B17" t="s">
         <v>91</v>
       </c>
     </row>
     <row r="18" spans="1:2">
       <c r="B18" t="s">
         <v>92</v>
       </c>
     </row>
     <row r="19" spans="1:2">
       <c r="A19" t="s">
-        <v>71</v>
+        <v>73</v>
       </c>
       <c r="B19" t="s">
         <v>93</v>
       </c>
     </row>
     <row r="20" spans="1:2">
       <c r="A20" t="s">
         <v>94</v>
       </c>
       <c r="B20" t="s">
         <v>95</v>
       </c>
     </row>
     <row r="21" spans="1:2">
       <c r="A21" t="s">
         <v>96</v>
       </c>
       <c r="B21" t="s">
         <v>97</v>
       </c>
     </row>
     <row r="22" spans="1:2">
       <c r="A22" t="s">
         <v>42</v>
       </c>
@@ -1802,51 +1802,51 @@
       <c r="A31" t="s">
         <v>114</v>
       </c>
       <c r="B31" t="s">
         <v>115</v>
       </c>
     </row>
     <row r="32" spans="1:2">
       <c r="A32" t="s">
         <v>61</v>
       </c>
       <c r="B32" t="s">
         <v>116</v>
       </c>
     </row>
     <row r="33" spans="1:2">
       <c r="A33" t="s">
         <v>117</v>
       </c>
       <c r="B33" t="s">
         <v>118</v>
       </c>
     </row>
     <row r="34" spans="1:2">
       <c r="A34" t="s">
-        <v>76</v>
+        <v>78</v>
       </c>
       <c r="B34" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="35" spans="1:2">
       <c r="A35" t="s">
         <v>120</v>
       </c>
       <c r="B35" t="s">
         <v>121</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">