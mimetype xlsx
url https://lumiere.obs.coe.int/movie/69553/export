--- v0 (2025-11-13)
+++ v1 (2025-12-08)
@@ -217,54 +217,54 @@
   <si>
     <t>PT</t>
   </si>
   <si>
     <t>Alambique</t>
   </si>
   <si>
     <t>SE</t>
   </si>
   <si>
     <t>Edge Entertainment</t>
   </si>
   <si>
     <t>SI</t>
   </si>
   <si>
     <t>Fivia</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>Vor der Morgenröte</t>
+  </si>
+  <si>
     <t>Before Dawn</t>
-  </si>
-[...1 lines deleted...]
-    <t>Vor der Morgenröte</t>
   </si>
   <si>
     <t>Farväl Europa</t>
   </si>
   <si>
     <t>Pozegnanie z Europa</t>
   </si>
   <si>
     <t>Stefanas Cveigas: atsisveikinimas su Europa</t>
   </si>
   <si>
     <t>Stefan Zweig: Adeus, Europa</t>
   </si>
   <si>
     <t>Stefan Zweig, adieu l'Europe</t>
   </si>
   <si>
     <t>AR</t>
   </si>
   <si>
     <t>Stefan Zweig: Adiós a Europa</t>
   </si>
   <si>
     <t>Stefan Zweig: Búcsú Európától</t>
   </si>
@@ -1364,56 +1364,56 @@
   <dimension ref="A1:B16"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="12.140625" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="44.42578125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="B2" t="s">
         <v>67</v>
       </c>
     </row>
     <row r="3" spans="1:2">
       <c r="B3" t="s">
-        <v>68</v>
+        <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:2">
       <c r="B4" t="s">
-        <v>1</v>
+        <v>68</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="A5" t="s">
         <v>61</v>
       </c>
       <c r="B5" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="A6" t="s">
         <v>57</v>
       </c>
       <c r="B6" t="s">
         <v>70</v>
       </c>
     </row>
     <row r="7" spans="1:2">
       <c r="B7" t="s">
         <v>71</v>
       </c>
     </row>
     <row r="8" spans="1:2">
       <c r="B8" t="s">