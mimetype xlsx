--- v0 (2025-12-03)
+++ v1 (2026-01-18)
@@ -286,72 +286,72 @@
   <si>
     <t>RO</t>
   </si>
   <si>
     <t>Institut français</t>
   </si>
   <si>
     <t>SE</t>
   </si>
   <si>
     <t>SFI</t>
   </si>
   <si>
     <t>SK</t>
   </si>
   <si>
     <t>ASFK</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>Prelomiť vlny</t>
+  </si>
+  <si>
+    <t>LT</t>
+  </si>
+  <si>
+    <t>Pries bangas</t>
+  </si>
+  <si>
     <t>AU,CA,DE,DK,FI,FR,GB,KR,NL,SE,US</t>
   </si>
   <si>
     <t>TR</t>
   </si>
   <si>
     <t>Dalgalari asmak</t>
   </si>
   <si>
     <t>RS</t>
   </si>
   <si>
     <t>Kroz talase</t>
-  </si>
-[...7 lines deleted...]
-    <t>Pries bangas</t>
   </si>
   <si>
     <t>Przelamujac fale</t>
   </si>
   <si>
     <t>UA</t>
   </si>
   <si>
     <t>Розсiкаючи хвилi</t>
   </si>
   <si>
     <t>AR,MX</t>
   </si>
   <si>
     <t>Contra viento y marea</t>
   </si>
   <si>
     <t>BG</t>
   </si>
   <si>
     <t>Порейки вълните</t>
   </si>
   <si>
     <t>BR</t>
   </si>
@@ -2352,74 +2352,74 @@
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B32"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="31.42578125" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="32.28515625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
-      <c r="A2" t="s">
+      <c r="B2" t="s">
         <v>90</v>
-      </c>
-[...1 lines deleted...]
-        <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:2">
       <c r="A3" t="s">
         <v>91</v>
       </c>
       <c r="B3" t="s">
         <v>92</v>
       </c>
     </row>
     <row r="4" spans="1:2">
       <c r="A4" t="s">
         <v>93</v>
       </c>
       <c r="B4" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="5" spans="1:2">
+      <c r="A5" t="s">
         <v>94</v>
       </c>
-    </row>
-    <row r="5" spans="1:2">
       <c r="B5" t="s">
         <v>95</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="A6" t="s">
         <v>96</v>
       </c>
       <c r="B6" t="s">
         <v>97</v>
       </c>
     </row>
     <row r="7" spans="1:2">
       <c r="A7" t="s">
         <v>79</v>
       </c>
       <c r="B7" t="s">
         <v>98</v>
       </c>
     </row>
     <row r="8" spans="1:2">
       <c r="A8" t="s">
         <v>99</v>
       </c>
       <c r="B8" t="s">
@@ -2510,107 +2510,107 @@
       <c r="A19" t="s">
         <v>70</v>
       </c>
       <c r="B19" t="s">
         <v>117</v>
       </c>
     </row>
     <row r="20" spans="1:2">
       <c r="A20" t="s">
         <v>118</v>
       </c>
       <c r="B20" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="21" spans="1:2">
       <c r="A21" t="s">
         <v>118</v>
       </c>
       <c r="B21" t="s">
         <v>120</v>
       </c>
     </row>
     <row r="22" spans="1:2">
       <c r="A22" t="s">
-        <v>96</v>
+        <v>91</v>
       </c>
       <c r="B22" t="s">
         <v>121</v>
       </c>
     </row>
     <row r="23" spans="1:2">
       <c r="A23" t="s">
         <v>73</v>
       </c>
       <c r="B23" t="s">
         <v>122</v>
       </c>
     </row>
     <row r="24" spans="1:2">
       <c r="A24" t="s">
         <v>79</v>
       </c>
       <c r="B24" t="s">
         <v>123</v>
       </c>
     </row>
     <row r="25" spans="1:2">
       <c r="A25" t="s">
         <v>80</v>
       </c>
       <c r="B25" t="s">
         <v>124</v>
       </c>
     </row>
     <row r="26" spans="1:2">
       <c r="A26" t="s">
         <v>82</v>
       </c>
       <c r="B26" t="s">
         <v>125</v>
       </c>
     </row>
     <row r="27" spans="1:2">
       <c r="A27" t="s">
-        <v>93</v>
+        <v>96</v>
       </c>
       <c r="B27" t="s">
         <v>126</v>
       </c>
     </row>
     <row r="28" spans="1:2">
       <c r="A28" t="s">
         <v>127</v>
       </c>
       <c r="B28" t="s">
         <v>128</v>
       </c>
     </row>
     <row r="29" spans="1:2">
       <c r="A29" t="s">
-        <v>91</v>
+        <v>94</v>
       </c>
       <c r="B29" t="s">
         <v>129</v>
       </c>
     </row>
     <row r="30" spans="1:2">
       <c r="A30" t="s">
         <v>99</v>
       </c>
       <c r="B30" t="s">
         <v>130</v>
       </c>
     </row>
     <row r="31" spans="1:2">
       <c r="A31" t="s">
         <v>65</v>
       </c>
       <c r="B31" t="s">
         <v>131</v>
       </c>
     </row>
     <row r="32" spans="1:2">
       <c r="A32" t="s">
         <v>132</v>
       </c>