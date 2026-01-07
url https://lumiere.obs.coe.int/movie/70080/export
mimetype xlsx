--- v0 (2025-12-15)
+++ v1 (2026-01-07)
@@ -97,105 +97,105 @@
   <si>
     <t>2016</t>
   </si>
   <si>
     <t>2024</t>
   </si>
   <si>
     <t>CH</t>
   </si>
   <si>
     <t>Temporary Import Filme</t>
   </si>
   <si>
     <t>SE</t>
   </si>
   <si>
     <t>SFI</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>RO</t>
+  </si>
+  <si>
+    <t>Vampirii</t>
+  </si>
+  <si>
     <t>AR,ES</t>
   </si>
   <si>
     <t>Los vampiros</t>
   </si>
   <si>
     <t>BR,PT</t>
   </si>
   <si>
     <t>Os Vampiros</t>
   </si>
   <si>
     <t>DE</t>
   </si>
   <si>
     <t>Die Vampire</t>
   </si>
   <si>
     <t>HU</t>
   </si>
   <si>
     <t>Vámpírok</t>
   </si>
   <si>
     <t>FR,SE</t>
   </si>
   <si>
     <t>DK</t>
   </si>
   <si>
     <t>Vampyrerne</t>
   </si>
   <si>
     <t>IT</t>
   </si>
   <si>
     <t>I vampiri</t>
   </si>
   <si>
     <t>MX</t>
   </si>
   <si>
     <t>Los vampiros o los archicriminales de París</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>Wampiry</t>
-  </si>
-[...4 lines deleted...]
-    <t>Vampirii</t>
   </si>
   <si>
     <t>RS</t>
   </si>
   <si>
     <t>Vampiri</t>
   </si>
   <si>
     <t>SU</t>
   </si>
   <si>
     <t>Вампиры</t>
   </si>
   <si>
     <t>JP</t>
   </si>
   <si>
     <t>レ・ヴァンピール 吸血ギャング団</t>
   </si>
   <si>
     <t>US</t>
   </si>
   <si>
     <t>The Vampires</t>
   </si>
@@ -787,59 +787,59 @@
       <c r="B3" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="4" spans="1:2">
       <c r="A4" t="s">
         <v>31</v>
       </c>
       <c r="B4" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="A5" t="s">
         <v>33</v>
       </c>
       <c r="B5" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="A6" t="s">
         <v>35</v>
       </c>
       <c r="B6" t="s">
-        <v>1</v>
+        <v>36</v>
       </c>
     </row>
     <row r="7" spans="1:2">
       <c r="A7" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="B7" t="s">
-        <v>37</v>
+        <v>1</v>
       </c>
     </row>
     <row r="8" spans="1:2">
       <c r="A8" t="s">
         <v>38</v>
       </c>
       <c r="B8" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="9" spans="1:2">
       <c r="A9" t="s">
         <v>40</v>
       </c>
       <c r="B9" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="10" spans="1:2">
       <c r="A10" t="s">
         <v>42</v>
       </c>
       <c r="B10" t="s">
         <v>43</v>
       </c>