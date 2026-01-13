--- v0 (2025-12-24)
+++ v1 (2026-01-13)
@@ -175,87 +175,87 @@
   <si>
     <t>IT</t>
   </si>
   <si>
     <t>DOUBLE LINE</t>
   </si>
   <si>
     <t>NL</t>
   </si>
   <si>
     <t>SI</t>
   </si>
   <si>
     <t>Fivia</t>
   </si>
   <si>
     <t>SK</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>CN</t>
+  </si>
+  <si>
+    <t>时间之旅</t>
+  </si>
+  <si>
     <t>TR</t>
   </si>
   <si>
     <t>Zamanin Yolculugu: Yasamin Seyri</t>
   </si>
   <si>
     <t>UA</t>
   </si>
   <si>
     <t>Мандрiвка часу</t>
   </si>
   <si>
     <t>AU</t>
   </si>
   <si>
     <t>Voyage of Time</t>
   </si>
   <si>
     <t>JP</t>
   </si>
   <si>
     <t>ボヤージュ・オブ・タイム</t>
   </si>
   <si>
     <t>Zamanın Yolculuğu: Yaşamın Seyri</t>
   </si>
   <si>
     <t>Voyage of Time: Au fil de la vie</t>
   </si>
   <si>
     <t>DE,GB,US</t>
-  </si>
-[...4 lines deleted...]
-    <t>时间之旅</t>
   </si>
   <si>
     <t>HR</t>
   </si>
   <si>
     <t>Putovanje vremenom: Put života</t>
   </si>
   <si>
     <t>Az Univerzum története</t>
   </si>
   <si>
     <t>Voyage of Time - Il cammino della vita</t>
   </si>
   <si>
     <t>Potovanje časa: pot življenja</t>
   </si>
   <si>
     <t>Мандрівка часу</t>
   </si>
   <si>
     <t>RU</t>
   </si>
   <si>
     <t>Путешествие времени</t>
   </si>
@@ -1165,115 +1165,115 @@
       <c r="A3" t="s">
         <v>55</v>
       </c>
       <c r="B3" t="s">
         <v>56</v>
       </c>
     </row>
     <row r="4" spans="1:2">
       <c r="A4" t="s">
         <v>57</v>
       </c>
       <c r="B4" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="A5" t="s">
         <v>59</v>
       </c>
       <c r="B5" t="s">
         <v>60</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="A6" t="s">
-        <v>53</v>
+        <v>61</v>
       </c>
       <c r="B6" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
     </row>
     <row r="7" spans="1:2">
       <c r="A7" t="s">
-        <v>41</v>
+        <v>55</v>
       </c>
       <c r="B7" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
     </row>
     <row r="8" spans="1:2">
       <c r="A8" t="s">
-        <v>63</v>
+        <v>41</v>
       </c>
       <c r="B8" t="s">
-        <v>1</v>
+        <v>64</v>
       </c>
     </row>
     <row r="9" spans="1:2">
       <c r="A9" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="B9" t="s">
-        <v>65</v>
+        <v>1</v>
       </c>
     </row>
     <row r="10" spans="1:2">
       <c r="A10" t="s">
         <v>66</v>
       </c>
       <c r="B10" t="s">
         <v>67</v>
       </c>
     </row>
     <row r="11" spans="1:2">
       <c r="A11" t="s">
         <v>43</v>
       </c>
       <c r="B11" t="s">
         <v>68</v>
       </c>
     </row>
     <row r="12" spans="1:2">
       <c r="A12" t="s">
         <v>45</v>
       </c>
       <c r="B12" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="13" spans="1:2">
       <c r="A13" t="s">
         <v>48</v>
       </c>
       <c r="B13" t="s">
         <v>70</v>
       </c>
     </row>
     <row r="14" spans="1:2">
       <c r="A14" t="s">
-        <v>55</v>
+        <v>57</v>
       </c>
       <c r="B14" t="s">
         <v>71</v>
       </c>
     </row>
     <row r="15" spans="1:2">
       <c r="A15" t="s">
         <v>72</v>
       </c>
       <c r="B15" t="s">
         <v>73</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">