--- v0 (2025-11-23)
+++ v1 (2026-01-10)
@@ -193,50 +193,65 @@
   <si>
     <t>NO</t>
   </si>
   <si>
     <t>United International Pictures</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>SI</t>
   </si>
   <si>
     <t>Fivia</t>
   </si>
   <si>
     <t>SK</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>LV</t>
+  </si>
+  <si>
+    <t>Miesa</t>
+  </si>
+  <si>
+    <t>MX</t>
+  </si>
+  <si>
+    <t>Voraz</t>
+  </si>
+  <si>
+    <t>Mięso</t>
+  </si>
+  <si>
     <t>TR</t>
   </si>
   <si>
     <t>Çig</t>
   </si>
   <si>
     <t>BE,CA,FR,NL</t>
   </si>
   <si>
     <t>Mezar</t>
   </si>
   <si>
     <t>AU,BR,CA,DE,FI,GB,IE,NO,PT,SE,SG,US</t>
   </si>
   <si>
     <t>Raw</t>
   </si>
   <si>
     <t>BG</t>
   </si>
   <si>
     <t>Месо</t>
   </si>
   <si>
     <t>JP</t>
@@ -266,65 +281,50 @@
     <t>Nyers</t>
   </si>
   <si>
     <t>HK</t>
   </si>
   <si>
     <t>舐血成人禮</t>
   </si>
   <si>
     <t>IT</t>
   </si>
   <si>
     <t>Raw - Una cruda verità</t>
   </si>
   <si>
     <t>KR</t>
   </si>
   <si>
     <t>로우</t>
   </si>
   <si>
     <t>LT</t>
   </si>
   <si>
     <t>Svieziena</t>
-  </si>
-[...13 lines deleted...]
-    <t>Mięso</t>
   </si>
   <si>
     <t>Surovo</t>
   </si>
   <si>
     <t>Freaking</t>
   </si>
   <si>
     <t>RU</t>
   </si>
   <si>
     <t>Сырое</t>
   </si>
   <si>
     <t>UA</t>
   </si>
   <si>
     <t>Сире</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
@@ -1361,173 +1361,173 @@
     <col min="1" max="1" width="34" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="20.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" t="s">
         <v>59</v>
       </c>
       <c r="B2" t="s">
         <v>60</v>
       </c>
     </row>
     <row r="3" spans="1:2">
       <c r="A3" t="s">
         <v>61</v>
       </c>
       <c r="B3" t="s">
-        <v>1</v>
+        <v>62</v>
       </c>
     </row>
     <row r="4" spans="1:2">
+      <c r="A4" t="s">
+        <v>53</v>
+      </c>
       <c r="B4" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="A5" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="B5" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="A6" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="B6" t="s">
-        <v>66</v>
+        <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:2">
-      <c r="A7" t="s">
+      <c r="B7" t="s">
         <v>67</v>
-      </c>
-[...1 lines deleted...]
-        <v>68</v>
       </c>
     </row>
     <row r="8" spans="1:2">
       <c r="A8" t="s">
-        <v>59</v>
+        <v>68</v>
       </c>
       <c r="B8" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="9" spans="1:2">
       <c r="A9" t="s">
-        <v>34</v>
+        <v>70</v>
       </c>
       <c r="B9" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
     </row>
     <row r="10" spans="1:2">
       <c r="A10" t="s">
-        <v>38</v>
+        <v>72</v>
       </c>
       <c r="B10" t="s">
-        <v>71</v>
+        <v>73</v>
       </c>
     </row>
     <row r="11" spans="1:2">
       <c r="A11" t="s">
-        <v>72</v>
+        <v>64</v>
       </c>
       <c r="B11" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
     </row>
     <row r="12" spans="1:2">
       <c r="A12" t="s">
-        <v>74</v>
+        <v>34</v>
       </c>
       <c r="B12" t="s">
         <v>75</v>
       </c>
     </row>
     <row r="13" spans="1:2">
       <c r="A13" t="s">
+        <v>38</v>
+      </c>
+      <c r="B13" t="s">
         <v>76</v>
-      </c>
-[...1 lines deleted...]
-        <v>77</v>
       </c>
     </row>
     <row r="14" spans="1:2">
       <c r="A14" t="s">
+        <v>77</v>
+      </c>
+      <c r="B14" t="s">
         <v>78</v>
-      </c>
-[...1 lines deleted...]
-        <v>79</v>
       </c>
     </row>
     <row r="15" spans="1:2">
       <c r="A15" t="s">
+        <v>79</v>
+      </c>
+      <c r="B15" t="s">
         <v>80</v>
-      </c>
-[...1 lines deleted...]
-        <v>81</v>
       </c>
     </row>
     <row r="16" spans="1:2">
       <c r="A16" t="s">
+        <v>81</v>
+      </c>
+      <c r="B16" t="s">
         <v>82</v>
-      </c>
-[...1 lines deleted...]
-        <v>83</v>
       </c>
     </row>
     <row r="17" spans="1:2">
       <c r="A17" t="s">
+        <v>83</v>
+      </c>
+      <c r="B17" t="s">
         <v>84</v>
-      </c>
-[...1 lines deleted...]
-        <v>85</v>
       </c>
     </row>
     <row r="18" spans="1:2">
       <c r="A18" t="s">
+        <v>85</v>
+      </c>
+      <c r="B18" t="s">
         <v>86</v>
-      </c>
-[...1 lines deleted...]
-        <v>87</v>
       </c>
     </row>
     <row r="19" spans="1:2">
       <c r="A19" t="s">
-        <v>53</v>
+        <v>87</v>
       </c>
       <c r="B19" t="s">
         <v>88</v>
       </c>
     </row>
     <row r="20" spans="1:2">
       <c r="A20" t="s">
         <v>54</v>
       </c>
       <c r="B20" t="s">
         <v>89</v>
       </c>
     </row>
     <row r="21" spans="1:2">
       <c r="B21" t="s">
         <v>90</v>
       </c>
     </row>
     <row r="22" spans="1:2">
       <c r="A22" t="s">
         <v>91</v>
       </c>
       <c r="B22" t="s">
         <v>92</v>
       </c>