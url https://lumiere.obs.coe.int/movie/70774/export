--- v0 (2025-12-04)
+++ v1 (2026-01-15)
@@ -118,87 +118,87 @@
   <si>
     <t>CH</t>
   </si>
   <si>
     <t>Look Now!</t>
   </si>
   <si>
     <t>GR</t>
   </si>
   <si>
     <t>Filmtrade</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>Aurora Films (PL)</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>TR</t>
+  </si>
+  <si>
+    <t>İyi Bir Eş</t>
+  </si>
+  <si>
     <t>BA,HR,IT,RS</t>
   </si>
   <si>
     <t>Dobra Zena_A Good Wife</t>
   </si>
   <si>
     <t>Dobra zona</t>
   </si>
   <si>
     <t>Iyi Bir Es</t>
   </si>
   <si>
     <t>BG</t>
   </si>
   <si>
     <t>Добра съпруга</t>
   </si>
   <si>
     <t>DE,ES,GB,SE,US</t>
   </si>
   <si>
     <t>A Good Wife</t>
   </si>
   <si>
     <t>Dobra żona</t>
   </si>
   <si>
     <t>RS,SI</t>
   </si>
   <si>
     <t>Dobra žena</t>
-  </si>
-[...4 lines deleted...]
-    <t>İyi Bir Eş</t>
   </si>
   <si>
     <t>RU</t>
   </si>
   <si>
     <t>Хорошая жена</t>
   </si>
   <si>
     <t>Καλή σύζυγος</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="### ### ##0"/>
   </numFmts>
   <fonts count="3">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
@@ -818,95 +818,95 @@
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B12"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="14.28515625" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="23.140625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" t="s">
         <v>34</v>
       </c>
       <c r="B2" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="3" spans="1:2">
+      <c r="A3" t="s">
+        <v>36</v>
+      </c>
+      <c r="B3" t="s">
         <v>1</v>
-      </c>
-[...3 lines deleted...]
-        <v>35</v>
       </c>
     </row>
     <row r="4" spans="1:2">
       <c r="B4" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="B5" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
     </row>
     <row r="6" spans="1:2">
-      <c r="A6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="B6" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="7" spans="1:2">
       <c r="A7" t="s">
         <v>40</v>
       </c>
       <c r="B7" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="8" spans="1:2">
       <c r="A8" t="s">
-        <v>30</v>
+        <v>42</v>
       </c>
       <c r="B8" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
     </row>
     <row r="9" spans="1:2">
       <c r="A9" t="s">
-        <v>43</v>
+        <v>30</v>
       </c>
       <c r="B9" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="10" spans="1:2">
       <c r="A10" t="s">
         <v>45</v>
       </c>
       <c r="B10" t="s">
         <v>46</v>
       </c>
     </row>
     <row r="11" spans="1:2">
       <c r="A11" t="s">
         <v>47</v>
       </c>
       <c r="B11" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="12" spans="1:2">
       <c r="A12" t="s">
         <v>28</v>
       </c>