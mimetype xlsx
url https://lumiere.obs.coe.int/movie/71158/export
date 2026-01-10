--- v0 (2025-11-21)
+++ v1 (2026-01-10)
@@ -97,81 +97,81 @@
   <si>
     <t>Release date</t>
   </si>
   <si>
     <t>Total since 2016</t>
   </si>
   <si>
     <t>2016</t>
   </si>
   <si>
     <t>2018</t>
   </si>
   <si>
     <t>PT</t>
   </si>
   <si>
     <t>Atalanta Filmes</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>Mia anexartiti zoi</t>
+  </si>
+  <si>
+    <t>PL</t>
+  </si>
+  <si>
+    <t>Samodzielne zycie</t>
+  </si>
+  <si>
+    <t>ES</t>
+  </si>
+  <si>
+    <t>Una vida independiente</t>
+  </si>
+  <si>
+    <t>FR</t>
+  </si>
+  <si>
+    <t>Une vie indépendante</t>
+  </si>
+  <si>
+    <t>GB,US</t>
+  </si>
+  <si>
+    <t>An Independent Life</t>
+  </si>
+  <si>
     <t>HU</t>
   </si>
   <si>
     <t>Szabad élet</t>
-  </si>
-[...25 lines deleted...]
-    <t>An Independent Life</t>
   </si>
   <si>
     <t>IT</t>
   </si>
   <si>
     <t>Una vita indipendente</t>
   </si>
   <si>
     <t>JP</t>
   </si>
   <si>
     <t>ひとりで生きる</t>
   </si>
   <si>
     <t>Samodzielne życie</t>
   </si>
   <si>
     <t>Uma Vida Independente</t>
   </si>
   <si>
     <t>RU</t>
   </si>
   <si>
     <t>Самостоятельная жизнь</t>
   </si>
@@ -726,63 +726,63 @@
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B14"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="12.140625" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="24.28515625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
-      <c r="A2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="B2" t="s">
-        <v>28</v>
+        <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:2">
       <c r="B3" t="s">
-        <v>1</v>
+        <v>27</v>
       </c>
     </row>
     <row r="4" spans="1:2">
+      <c r="A4" t="s">
+        <v>28</v>
+      </c>
       <c r="B4" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="A5" t="s">
         <v>30</v>
       </c>
       <c r="B5" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="A6" t="s">
         <v>32</v>
       </c>
       <c r="B6" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="7" spans="1:2">
       <c r="A7" t="s">
         <v>34</v>
       </c>
       <c r="B7" t="s">
@@ -793,51 +793,51 @@
       <c r="A8" t="s">
         <v>36</v>
       </c>
       <c r="B8" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="9" spans="1:2">
       <c r="A9" t="s">
         <v>38</v>
       </c>
       <c r="B9" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="10" spans="1:2">
       <c r="A10" t="s">
         <v>40</v>
       </c>
       <c r="B10" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="11" spans="1:2">
       <c r="A11" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="B11" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="12" spans="1:2">
       <c r="A12" t="s">
         <v>23</v>
       </c>
       <c r="B12" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="13" spans="1:2">
       <c r="A13" t="s">
         <v>44</v>
       </c>
       <c r="B13" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="14" spans="1:2">
       <c r="A14" t="s">
         <v>46</v>
       </c>