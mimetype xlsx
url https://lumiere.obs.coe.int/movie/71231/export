--- v0 (2025-11-15)
+++ v1 (2025-12-06)
@@ -88,93 +88,93 @@
   <si>
     <t>Distributor</t>
   </si>
   <si>
     <t>Release date</t>
   </si>
   <si>
     <t>Total since 2016</t>
   </si>
   <si>
     <t>2016</t>
   </si>
   <si>
     <t>SE</t>
   </si>
   <si>
     <t>SFI</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>GB,US</t>
+  </si>
+  <si>
+    <t>ES</t>
+  </si>
+  <si>
+    <t>Diario de tortugas</t>
+  </si>
+  <si>
+    <t>Historia z zólwiem</t>
+  </si>
+  <si>
+    <t>DK</t>
+  </si>
+  <si>
+    <t>Skildpadde dagbog</t>
+  </si>
+  <si>
+    <t>El diario de la tortuga</t>
+  </si>
+  <si>
+    <t>Los diarios de la tortuga</t>
+  </si>
+  <si>
+    <t>FI</t>
+  </si>
+  <si>
+    <t>Paluu vapauteen</t>
+  </si>
+  <si>
+    <t>HU</t>
+  </si>
+  <si>
+    <t>Páncél mögött</t>
+  </si>
+  <si>
+    <t>Teknőstörténet</t>
+  </si>
+  <si>
     <t>IT</t>
   </si>
   <si>
     <t>Tartaruga ti amerò</t>
-  </si>
-[...37 lines deleted...]
-    <t>Teknőstörténet</t>
   </si>
   <si>
     <t>NO</t>
   </si>
   <si>
     <t>Flukten mot havet</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>Dziennik żółwia</t>
   </si>
   <si>
     <t>PT</t>
   </si>
   <si>
     <t>Ele, Ela e a Tartaruga</t>
   </si>
   <si>
     <t>En sköldpaddas dagbok</t>
   </si>
   <si>
     <t>TR</t>
   </si>
@@ -715,117 +715,117 @@
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B18"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="12.140625" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="21.85546875" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" t="s">
         <v>24</v>
       </c>
       <c r="B2" t="s">
-        <v>25</v>
+        <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:2">
       <c r="A3" t="s">
+        <v>25</v>
+      </c>
+      <c r="B3" t="s">
         <v>26</v>
       </c>
-      <c r="B3" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="4" spans="1:2">
-      <c r="A4" t="s">
+      <c r="B4" t="s">
         <v>27</v>
       </c>
-      <c r="B4" t="s">
+    </row>
+    <row r="5" spans="1:2">
+      <c r="A5" t="s">
         <v>28</v>
       </c>
-    </row>
-    <row r="5" spans="1:2">
       <c r="B5" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="A6" t="s">
+        <v>25</v>
+      </c>
+      <c r="B6" t="s">
         <v>30</v>
-      </c>
-[...1 lines deleted...]
-        <v>31</v>
       </c>
     </row>
     <row r="7" spans="1:2">
       <c r="A7" t="s">
-        <v>27</v>
+        <v>25</v>
       </c>
       <c r="B7" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
     </row>
     <row r="8" spans="1:2">
       <c r="A8" t="s">
-        <v>27</v>
+        <v>32</v>
       </c>
       <c r="B8" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="9" spans="1:2">
       <c r="A9" t="s">
         <v>34</v>
       </c>
       <c r="B9" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="10" spans="1:2">
       <c r="A10" t="s">
+        <v>34</v>
+      </c>
+      <c r="B10" t="s">
         <v>36</v>
-      </c>
-[...1 lines deleted...]
-        <v>37</v>
       </c>
     </row>
     <row r="11" spans="1:2">
       <c r="A11" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="B11" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="12" spans="1:2">
       <c r="A12" t="s">
         <v>39</v>
       </c>
       <c r="B12" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="13" spans="1:2">
       <c r="A13" t="s">
         <v>41</v>
       </c>
       <c r="B13" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="14" spans="1:2">
       <c r="A14" t="s">
         <v>43</v>
       </c>