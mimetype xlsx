--- v0 (2025-11-19)
+++ v1 (2026-02-03)
@@ -91,50 +91,56 @@
   <si>
     <t>Release date</t>
   </si>
   <si>
     <t>Total since 2024</t>
   </si>
   <si>
     <t>2024</t>
   </si>
   <si>
     <t>CZ</t>
   </si>
   <si>
     <t>Aerofilms</t>
   </si>
   <si>
     <t>SK</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>EE</t>
+  </si>
+  <si>
+    <t>Ookeanilained</t>
+  </si>
+  <si>
     <t>HU</t>
   </si>
   <si>
     <t>A tenger zúgása</t>
   </si>
   <si>
     <t>JP,NO</t>
   </si>
   <si>
     <t>FI</t>
   </si>
   <si>
     <t>Aaltojen kuohu</t>
   </si>
   <si>
     <t>IR</t>
   </si>
   <si>
     <t>Amvaj e Oghyanoos</t>
   </si>
   <si>
     <t>BR,PT</t>
   </si>
   <si>
     <t>Eu Posso Ouvir o Oceano</t>
@@ -149,56 +155,50 @@
     <t>HK,TW</t>
   </si>
   <si>
     <t>Hai Chao Zhi Sheng</t>
   </si>
   <si>
     <t>I Can Hear the Sea</t>
   </si>
   <si>
     <t>SE</t>
   </si>
   <si>
     <t>Jag kan höra havet</t>
   </si>
   <si>
     <t>DK</t>
   </si>
   <si>
     <t>Jeg kan høre havet</t>
   </si>
   <si>
     <t>FR</t>
   </si>
   <si>
     <t>Je peux entendre l'océan</t>
-  </si>
-[...4 lines deleted...]
-    <t>Ookeanilained</t>
   </si>
   <si>
     <t>ES</t>
   </si>
   <si>
     <t>Puc escoltar el mar</t>
   </si>
   <si>
     <t>AR,ES,MX</t>
   </si>
   <si>
     <t>Puedo escuchar el mar</t>
   </si>
   <si>
     <t>IT</t>
   </si>
   <si>
     <t>Si sente il mare</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>Szum morza</t>
   </si>
@@ -764,102 +764,102 @@
     <col min="1" max="1" width="12.140625" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="32.42578125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" t="s">
         <v>25</v>
       </c>
       <c r="B2" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="3" spans="1:2">
       <c r="A3" t="s">
         <v>27</v>
       </c>
       <c r="B3" t="s">
-        <v>1</v>
+        <v>28</v>
       </c>
     </row>
     <row r="4" spans="1:2">
       <c r="A4" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="B4" t="s">
-        <v>29</v>
+        <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="A5" t="s">
         <v>30</v>
       </c>
       <c r="B5" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="A6" t="s">
         <v>32</v>
       </c>
       <c r="B6" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="7" spans="1:2">
       <c r="A7" t="s">
         <v>34</v>
       </c>
       <c r="B7" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="8" spans="1:2">
       <c r="A8" t="s">
         <v>36</v>
       </c>
       <c r="B8" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="9" spans="1:2">
+      <c r="A9" t="s">
+        <v>38</v>
+      </c>
       <c r="B9" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
     </row>
     <row r="10" spans="1:2">
-      <c r="A10" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="B10" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="11" spans="1:2">
       <c r="A11" t="s">
         <v>41</v>
       </c>
       <c r="B11" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="12" spans="1:2">
       <c r="A12" t="s">
         <v>43</v>
       </c>
       <c r="B12" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="13" spans="1:2">
       <c r="A13" t="s">
         <v>45</v>
       </c>
       <c r="B13" t="s">