--- v0 (2025-12-05)
+++ v1 (2026-01-15)
@@ -112,123 +112,123 @@
   <si>
     <t>2017</t>
   </si>
   <si>
     <t>2021</t>
   </si>
   <si>
     <t>CH</t>
   </si>
   <si>
     <t>Temporary Import Filme</t>
   </si>
   <si>
     <t>FR</t>
   </si>
   <si>
     <t>Swashbuckler Films</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>GB,MX,US</t>
+  </si>
+  <si>
+    <t>I klironomos</t>
+  </si>
+  <si>
+    <t>LT</t>
+  </si>
+  <si>
+    <t>Paveldetoja</t>
+  </si>
+  <si>
+    <t>UA</t>
+  </si>
+  <si>
+    <t>Спадкоeмиця</t>
+  </si>
+  <si>
+    <t>CN</t>
+  </si>
+  <si>
+    <t>女继承人</t>
+  </si>
+  <si>
+    <t>Paveldėtoja</t>
+  </si>
+  <si>
+    <t>AR,ES,MX,VE</t>
+  </si>
+  <si>
+    <t>La heredera</t>
+  </si>
+  <si>
+    <t>AT,DE</t>
+  </si>
+  <si>
+    <t>Die Erbin</t>
+  </si>
+  <si>
+    <t>BG</t>
+  </si>
+  <si>
+    <t>Наследницата</t>
+  </si>
+  <si>
+    <t>BR</t>
+  </si>
+  <si>
+    <t>Tarde Demais</t>
+  </si>
+  <si>
     <t>CH,FR</t>
   </si>
   <si>
     <t>L'héritière</t>
   </si>
   <si>
     <t>DK,NO</t>
   </si>
   <si>
     <t>Arvingen</t>
   </si>
   <si>
     <t>FI</t>
   </si>
   <si>
     <t>Perijätär</t>
   </si>
   <si>
     <t>HU</t>
   </si>
   <si>
     <t>Az örökösnő</t>
-  </si>
-[...49 lines deleted...]
-    <t>Tarde Demais</t>
   </si>
   <si>
     <t>IT</t>
   </si>
   <si>
     <t>L'ereditiera</t>
   </si>
   <si>
     <t>JP</t>
   </si>
   <si>
     <t>女相続人</t>
   </si>
   <si>
     <t>NL</t>
   </si>
   <si>
     <t>De erfgename</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>Dziedziczka</t>
   </si>
@@ -855,117 +855,117 @@
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B27"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="12.28515625" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="14.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" t="s">
         <v>32</v>
       </c>
       <c r="B2" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="3" spans="1:2">
+      <c r="B3" t="s">
         <v>33</v>
-      </c>
-[...6 lines deleted...]
-        <v>35</v>
       </c>
     </row>
     <row r="4" spans="1:2">
       <c r="A4" t="s">
-        <v>36</v>
+        <v>34</v>
       </c>
       <c r="B4" t="s">
-        <v>37</v>
+        <v>35</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="A5" t="s">
-        <v>38</v>
+        <v>36</v>
       </c>
       <c r="B5" t="s">
-        <v>39</v>
+        <v>37</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="A6" t="s">
+        <v>38</v>
+      </c>
+      <c r="B6" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="7" spans="1:2">
+      <c r="A7" t="s">
+        <v>34</v>
+      </c>
+      <c r="B7" t="s">
         <v>40</v>
-      </c>
-[...6 lines deleted...]
-        <v>41</v>
       </c>
     </row>
     <row r="8" spans="1:2">
       <c r="A8" t="s">
+        <v>41</v>
+      </c>
+      <c r="B8" t="s">
         <v>42</v>
-      </c>
-[...1 lines deleted...]
-        <v>43</v>
       </c>
     </row>
     <row r="9" spans="1:2">
       <c r="A9" t="s">
+        <v>43</v>
+      </c>
+      <c r="B9" t="s">
         <v>44</v>
-      </c>
-[...1 lines deleted...]
-        <v>45</v>
       </c>
     </row>
     <row r="10" spans="1:2">
       <c r="A10" t="s">
+        <v>45</v>
+      </c>
+      <c r="B10" t="s">
         <v>46</v>
-      </c>
-[...1 lines deleted...]
-        <v>47</v>
       </c>
     </row>
     <row r="11" spans="1:2">
       <c r="A11" t="s">
-        <v>42</v>
+        <v>47</v>
       </c>
       <c r="B11" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="12" spans="1:2">
       <c r="A12" t="s">
         <v>49</v>
       </c>
       <c r="B12" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="13" spans="1:2">
       <c r="A13" t="s">
         <v>51</v>
       </c>
       <c r="B13" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="14" spans="1:2">
       <c r="A14" t="s">
         <v>53</v>
       </c>
@@ -1043,51 +1043,51 @@
       </c>
       <c r="B23" t="s">
         <v>72</v>
       </c>
     </row>
     <row r="24" spans="1:2">
       <c r="B24" t="s">
         <v>73</v>
       </c>
     </row>
     <row r="25" spans="1:2">
       <c r="B25" t="s">
         <v>74</v>
       </c>
     </row>
     <row r="26" spans="1:2">
       <c r="A26" t="s">
         <v>75</v>
       </c>
       <c r="B26" t="s">
         <v>76</v>
       </c>
     </row>
     <row r="27" spans="1:2">
       <c r="A27" t="s">
-        <v>44</v>
+        <v>36</v>
       </c>
       <c r="B27" t="s">
         <v>77</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>