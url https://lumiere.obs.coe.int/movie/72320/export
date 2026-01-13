--- v0 (2025-12-03)
+++ v1 (2026-01-13)
@@ -106,117 +106,117 @@
   <si>
     <t>Total since 2015</t>
   </si>
   <si>
     <t>2015</t>
   </si>
   <si>
     <t>2016</t>
   </si>
   <si>
     <t>ES</t>
   </si>
   <si>
     <t>Metro-Goldwyn-Mayer</t>
   </si>
   <si>
     <t>FR</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>GR</t>
+  </si>
+  <si>
+    <t>Pyrgos stin ammo</t>
+  </si>
+  <si>
+    <t>HU</t>
+  </si>
+  <si>
+    <t>Út a szeretet felé</t>
+  </si>
+  <si>
+    <t>PL</t>
+  </si>
+  <si>
+    <t>Brodziec</t>
+  </si>
+  <si>
+    <t>TR</t>
+  </si>
+  <si>
+    <t>Ümitsiz ask</t>
+  </si>
+  <si>
+    <t>NO,SE</t>
+  </si>
+  <si>
+    <t>Het strand</t>
+  </si>
+  <si>
+    <t>AR,MX</t>
+  </si>
+  <si>
+    <t>Almas en conflicto</t>
+  </si>
+  <si>
+    <t>AT</t>
+  </si>
+  <si>
+    <t>Schlösser im Sand</t>
+  </si>
+  <si>
+    <t>BR</t>
+  </si>
+  <si>
+    <t>Adeus às Ilusões</t>
+  </si>
+  <si>
+    <t>DE</t>
+  </si>
+  <si>
+    <t>...die alles begehren</t>
+  </si>
+  <si>
+    <t>DK</t>
+  </si>
+  <si>
+    <t>Du skal ikke begære</t>
+  </si>
+  <si>
+    <t>Castillos en la arena</t>
+  </si>
+  <si>
     <t>FI</t>
   </si>
   <si>
     <t>Kuuma ranta</t>
-  </si>
-[...61 lines deleted...]
-    <t>Castillos en la arena</t>
   </si>
   <si>
     <t>IT</t>
   </si>
   <si>
     <t>Castelli di sabbia</t>
   </si>
   <si>
     <t>Flight of the Sandpiper</t>
   </si>
   <si>
     <t>Кулик</t>
   </si>
   <si>
     <t>Ljubav u pesku</t>
   </si>
   <si>
     <t>PT</t>
   </si>
   <si>
     <t>Adeus Ilusões</t>
   </si>
   <si>
     <t>BG</t>
   </si>
@@ -892,117 +892,117 @@
       <c r="A9" t="s">
         <v>44</v>
       </c>
       <c r="B9" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="10" spans="1:2">
       <c r="A10" t="s">
         <v>46</v>
       </c>
       <c r="B10" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="11" spans="1:2">
       <c r="A11" t="s">
         <v>48</v>
       </c>
       <c r="B11" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="12" spans="1:2">
       <c r="A12" t="s">
+        <v>25</v>
+      </c>
+      <c r="B12" t="s">
         <v>50</v>
-      </c>
-[...1 lines deleted...]
-        <v>51</v>
       </c>
     </row>
     <row r="13" spans="1:2">
       <c r="A13" t="s">
-        <v>25</v>
+        <v>51</v>
       </c>
       <c r="B13" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="14" spans="1:2">
       <c r="A14" t="s">
         <v>53</v>
       </c>
       <c r="B14" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="15" spans="1:2">
       <c r="A15" t="s">
         <v>6</v>
       </c>
       <c r="B15" t="s">
         <v>55</v>
       </c>
     </row>
     <row r="16" spans="1:2">
       <c r="B16" t="s">
         <v>56</v>
       </c>
     </row>
     <row r="17" spans="1:2">
       <c r="B17" t="s">
         <v>57</v>
       </c>
     </row>
     <row r="18" spans="1:2">
       <c r="A18" t="s">
         <v>58</v>
       </c>
       <c r="B18" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="19" spans="1:2">
       <c r="A19" t="s">
         <v>60</v>
       </c>
       <c r="B19" t="s">
         <v>61</v>
       </c>
     </row>
     <row r="20" spans="1:2">
       <c r="A20" t="s">
-        <v>38</v>
+        <v>36</v>
       </c>
       <c r="B20" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="21" spans="1:2">
       <c r="A21" t="s">
-        <v>48</v>
+        <v>46</v>
       </c>
       <c r="B21" t="s">
         <v>63</v>
       </c>
     </row>
     <row r="22" spans="1:2">
       <c r="A22" t="s">
         <v>64</v>
       </c>
       <c r="B22" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="23" spans="1:2">
       <c r="A23" t="s">
         <v>27</v>
       </c>
       <c r="B23" t="s">
         <v>65</v>
       </c>
     </row>
     <row r="24" spans="1:2">
       <c r="A24" t="s">
         <v>66</v>
       </c>