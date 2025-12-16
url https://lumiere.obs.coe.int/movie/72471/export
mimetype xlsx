--- v0 (2025-11-20)
+++ v1 (2025-12-16)
@@ -208,81 +208,81 @@
   <si>
     <t>NOS Lusomundo Audiovisuais</t>
   </si>
   <si>
     <t>RO</t>
   </si>
   <si>
     <t>SI</t>
   </si>
   <si>
     <t>SK</t>
   </si>
   <si>
     <t>TR</t>
   </si>
   <si>
     <t>Bir Film</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>SE</t>
+  </si>
+  <si>
+    <t>Blackis</t>
+  </si>
+  <si>
+    <t>Dipdip: Bir Okyanus Macerasi</t>
+  </si>
+  <si>
+    <t>CA,ES,GB,SE,US</t>
+  </si>
+  <si>
+    <t>CO,MX</t>
+  </si>
+  <si>
+    <t>Deep el pulpo</t>
+  </si>
+  <si>
+    <t>Příšerky pod hladinou</t>
+  </si>
+  <si>
     <t>DK</t>
   </si>
   <si>
     <t>Sprutte</t>
   </si>
   <si>
     <t>FI</t>
   </si>
   <si>
     <t>Lonkku</t>
-  </si>
-[...19 lines deleted...]
-    <t>Příšerky pod hladinou</t>
   </si>
   <si>
     <t>Oto: Istraživač dubina</t>
   </si>
   <si>
     <t>Csápi: Az óceán hőse</t>
   </si>
   <si>
     <t>Deep - Un'avventura in fondo al mare</t>
   </si>
   <si>
     <t>Astuonkojis Dipas</t>
   </si>
   <si>
     <t>Zemūdens laikmets</t>
   </si>
   <si>
     <t>Dudi: Cala naprzód</t>
   </si>
   <si>
     <t>Deep: Aventura no Fundo do Mar</t>
   </si>
   <si>
     <t>Deep: O aventura nesfarsita</t>
   </si>
@@ -1427,91 +1427,91 @@
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="14.42578125" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="33.85546875" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" t="s">
         <v>64</v>
       </c>
       <c r="B2" t="s">
         <v>65</v>
       </c>
     </row>
     <row r="3" spans="1:2">
       <c r="A3" t="s">
+        <v>60</v>
+      </c>
+      <c r="B3" t="s">
         <v>66</v>
-      </c>
-[...1 lines deleted...]
-        <v>67</v>
       </c>
     </row>
     <row r="4" spans="1:2">
       <c r="A4" t="s">
-        <v>68</v>
+        <v>67</v>
       </c>
       <c r="B4" t="s">
-        <v>69</v>
+        <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="A5" t="s">
-        <v>60</v>
+        <v>68</v>
       </c>
       <c r="B5" t="s">
-        <v>70</v>
+        <v>69</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="A6" t="s">
-        <v>71</v>
+        <v>35</v>
       </c>
       <c r="B6" t="s">
-        <v>1</v>
+        <v>70</v>
       </c>
     </row>
     <row r="7" spans="1:2">
       <c r="A7" t="s">
+        <v>71</v>
+      </c>
+      <c r="B7" t="s">
         <v>72</v>
-      </c>
-[...1 lines deleted...]
-        <v>73</v>
       </c>
     </row>
     <row r="8" spans="1:2">
       <c r="A8" t="s">
-        <v>35</v>
+        <v>73</v>
       </c>
       <c r="B8" t="s">
         <v>74</v>
       </c>
     </row>
     <row r="9" spans="1:2">
       <c r="A9" t="s">
         <v>41</v>
       </c>
       <c r="B9" t="s">
         <v>75</v>
       </c>
     </row>
     <row r="10" spans="1:2">
       <c r="A10" t="s">
         <v>42</v>
       </c>
       <c r="B10" t="s">
         <v>76</v>
       </c>
     </row>
     <row r="11" spans="1:2">
       <c r="A11" t="s">
         <v>46</v>
       </c>