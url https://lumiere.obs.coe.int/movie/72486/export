--- v0 (2025-12-05)
+++ v1 (2026-01-31)
@@ -94,50 +94,80 @@
   <si>
     <t>Distributor</t>
   </si>
   <si>
     <t>Release date</t>
   </si>
   <si>
     <t>Total since 2016</t>
   </si>
   <si>
     <t>2016</t>
   </si>
   <si>
     <t>ES</t>
   </si>
   <si>
     <t>CB Films</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>IT</t>
+  </si>
+  <si>
+    <t>Il regalo</t>
+  </si>
+  <si>
+    <t>SE</t>
+  </si>
+  <si>
+    <t>Gåvan</t>
+  </si>
+  <si>
+    <t>NO</t>
+  </si>
+  <si>
+    <t>Alle tiders gave</t>
+  </si>
+  <si>
+    <t>PL</t>
+  </si>
+  <si>
+    <t>Prezent</t>
+  </si>
+  <si>
+    <t>PT</t>
+  </si>
+  <si>
+    <t>O Presente</t>
+  </si>
+  <si>
     <t>US</t>
   </si>
   <si>
     <t>Bankers Also Have Souls</t>
   </si>
   <si>
     <t>Подарок</t>
   </si>
   <si>
     <t>Dárek</t>
   </si>
   <si>
     <t>FR</t>
   </si>
   <si>
     <t>Tatli hediye</t>
   </si>
   <si>
     <t>AR</t>
   </si>
   <si>
     <t>El regalito</t>
   </si>
   <si>
     <t>BG</t>
@@ -146,80 +176,50 @@
     <t>Подаръкът</t>
   </si>
   <si>
     <t>El regalo</t>
   </si>
   <si>
     <t>FI</t>
   </si>
   <si>
     <t>Barbara - yllätyslahja</t>
   </si>
   <si>
     <t>Elämä maistuu makealta</t>
   </si>
   <si>
     <t>GR</t>
   </si>
   <si>
     <t>Ena doro gia to krevvati sou</t>
   </si>
   <si>
     <t>HU</t>
   </si>
   <si>
     <t>Széplány ajándékba</t>
-  </si>
-[...28 lines deleted...]
-    <t>Gåvan</t>
   </si>
   <si>
     <t>SI</t>
   </si>
   <si>
     <t>Tudi bankirji imajo duso</t>
   </si>
   <si>
     <t>TR</t>
   </si>
   <si>
     <t>Tatlı hediye</t>
   </si>
   <si>
     <t>Ein pikantes Geschenk</t>
   </si>
   <si>
     <t>The Gift</t>
   </si>
   <si>
     <t>JP</t>
   </si>
   <si>
     <t>わたしは贈りもの</t>
   </si>
@@ -764,192 +764,192 @@
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="12.140625" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="25.140625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" t="s">
         <v>26</v>
       </c>
       <c r="B2" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="3" spans="1:2">
+      <c r="A3" t="s">
+        <v>28</v>
+      </c>
       <c r="B3" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
     </row>
     <row r="4" spans="1:2">
+      <c r="A4" t="s">
+        <v>30</v>
+      </c>
       <c r="B4" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="A5" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="B5" t="s">
-        <v>1</v>
+        <v>33</v>
       </c>
     </row>
     <row r="6" spans="1:2">
+      <c r="A6" t="s">
+        <v>34</v>
+      </c>
       <c r="B6" t="s">
-        <v>31</v>
+        <v>35</v>
       </c>
     </row>
     <row r="7" spans="1:2">
       <c r="A7" t="s">
-        <v>32</v>
+        <v>36</v>
       </c>
       <c r="B7" t="s">
-        <v>33</v>
+        <v>37</v>
       </c>
     </row>
     <row r="8" spans="1:2">
-      <c r="A8" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="B8" t="s">
-        <v>35</v>
+        <v>38</v>
       </c>
     </row>
     <row r="9" spans="1:2">
-      <c r="A9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="B9" t="s">
-        <v>36</v>
+        <v>39</v>
       </c>
     </row>
     <row r="10" spans="1:2">
       <c r="A10" t="s">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="B10" t="s">
-        <v>38</v>
+        <v>1</v>
       </c>
     </row>
     <row r="11" spans="1:2">
-      <c r="A11" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="B11" t="s">
-        <v>39</v>
+        <v>41</v>
       </c>
     </row>
     <row r="12" spans="1:2">
       <c r="A12" t="s">
-        <v>40</v>
+        <v>42</v>
       </c>
       <c r="B12" t="s">
-        <v>41</v>
+        <v>43</v>
       </c>
     </row>
     <row r="13" spans="1:2">
       <c r="A13" t="s">
-        <v>42</v>
+        <v>44</v>
       </c>
       <c r="B13" t="s">
-        <v>43</v>
+        <v>45</v>
       </c>
     </row>
     <row r="14" spans="1:2">
       <c r="A14" t="s">
-        <v>44</v>
+        <v>22</v>
       </c>
       <c r="B14" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
     </row>
     <row r="15" spans="1:2">
       <c r="A15" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="B15" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
     </row>
     <row r="16" spans="1:2">
       <c r="A16" t="s">
-        <v>48</v>
+        <v>47</v>
       </c>
       <c r="B16" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="17" spans="1:2">
       <c r="A17" t="s">
         <v>50</v>
       </c>
       <c r="B17" t="s">
         <v>51</v>
       </c>
     </row>
     <row r="18" spans="1:2">
       <c r="A18" t="s">
         <v>52</v>
       </c>
       <c r="B18" t="s">
         <v>53</v>
       </c>
     </row>
     <row r="19" spans="1:2">
       <c r="A19" t="s">
         <v>54</v>
       </c>
       <c r="B19" t="s">
         <v>55</v>
       </c>
     </row>
     <row r="20" spans="1:2">
       <c r="A20" t="s">
         <v>56</v>
       </c>
       <c r="B20" t="s">
         <v>57</v>
       </c>
     </row>
     <row r="21" spans="1:2">
       <c r="B21" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="22" spans="1:2">
       <c r="A22" t="s">
-        <v>26</v>
+        <v>36</v>
       </c>
       <c r="B22" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="23" spans="1:2">
       <c r="A23" t="s">
         <v>60</v>
       </c>
       <c r="B23" t="s">
         <v>61</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">