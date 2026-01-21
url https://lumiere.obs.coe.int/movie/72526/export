--- v0 (2025-11-14)
+++ v1 (2026-01-21)
@@ -256,105 +256,105 @@
   <si>
     <t>SE</t>
   </si>
   <si>
     <t>20th Century Fox/Warner Bros.</t>
   </si>
   <si>
     <t>SI</t>
   </si>
   <si>
     <t>SK</t>
   </si>
   <si>
     <t>Continental Film</t>
   </si>
   <si>
     <t>TR</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>UA</t>
+  </si>
+  <si>
+    <t>Воно</t>
+  </si>
+  <si>
     <t>Eso</t>
   </si>
   <si>
     <t>Stephen King's It</t>
   </si>
   <si>
     <t>Tai</t>
   </si>
   <si>
     <t>US</t>
   </si>
   <si>
     <t>It: Chapter One</t>
   </si>
   <si>
     <t>It: Part 1 - The Losers' Club</t>
   </si>
   <si>
     <t>AU,CA,CO,DK,ES,GB,IE,IT,NO,NZ,PT,SG,US</t>
   </si>
   <si>
     <t>BR</t>
   </si>
   <si>
     <t>It: A Coisa</t>
   </si>
   <si>
     <t>It - A Coisa: Capítulo Um</t>
   </si>
   <si>
     <t>AR,CL,MX</t>
   </si>
   <si>
     <t>It (Eso)</t>
   </si>
   <si>
     <t>CZ,PL,SK</t>
   </si>
   <si>
     <t>To</t>
   </si>
   <si>
     <t>AT,DE</t>
   </si>
   <si>
     <t>Es</t>
   </si>
   <si>
     <t>Es - Kapitel Eins</t>
-  </si>
-[...4 lines deleted...]
-    <t>Воно</t>
   </si>
   <si>
     <t>Se</t>
   </si>
   <si>
     <t>Se: Ensimmäinen osa</t>
   </si>
   <si>
     <t>CA,FR,LU</t>
   </si>
   <si>
     <t>Ça</t>
   </si>
   <si>
     <t>Ono</t>
   </si>
   <si>
     <t>Az</t>
   </si>
   <si>
     <t>KR</t>
   </si>
   <si>
     <t>그것</t>
   </si>
@@ -1908,136 +1908,136 @@
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B33"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="37.42578125" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="24" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
+      <c r="A2" t="s">
+        <v>80</v>
+      </c>
       <c r="B2" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
     </row>
     <row r="3" spans="1:2">
       <c r="B3" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
     </row>
     <row r="4" spans="1:2">
       <c r="B4" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
     </row>
     <row r="5" spans="1:2">
-      <c r="A5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="B5" t="s">
         <v>84</v>
       </c>
     </row>
     <row r="6" spans="1:2">
+      <c r="A6" t="s">
+        <v>85</v>
+      </c>
       <c r="B6" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
     </row>
     <row r="7" spans="1:2">
-      <c r="A7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="B7" t="s">
-        <v>1</v>
+        <v>87</v>
       </c>
     </row>
     <row r="8" spans="1:2">
       <c r="A8" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="B8" t="s">
-        <v>88</v>
+        <v>1</v>
       </c>
     </row>
     <row r="9" spans="1:2">
       <c r="A9" t="s">
-        <v>87</v>
+        <v>89</v>
       </c>
       <c r="B9" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
     </row>
     <row r="10" spans="1:2">
       <c r="A10" t="s">
-        <v>90</v>
+        <v>89</v>
       </c>
       <c r="B10" t="s">
         <v>91</v>
       </c>
     </row>
     <row r="11" spans="1:2">
       <c r="A11" t="s">
         <v>92</v>
       </c>
       <c r="B11" t="s">
         <v>93</v>
       </c>
     </row>
     <row r="12" spans="1:2">
       <c r="A12" t="s">
         <v>94</v>
       </c>
       <c r="B12" t="s">
         <v>95</v>
       </c>
     </row>
     <row r="13" spans="1:2">
       <c r="A13" t="s">
-        <v>42</v>
+        <v>96</v>
       </c>
       <c r="B13" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
     </row>
     <row r="14" spans="1:2">
       <c r="A14" t="s">
-        <v>97</v>
+        <v>42</v>
       </c>
       <c r="B14" t="s">
         <v>98</v>
       </c>
     </row>
     <row r="15" spans="1:2">
       <c r="A15" t="s">
         <v>48</v>
       </c>
       <c r="B15" t="s">
         <v>99</v>
       </c>
     </row>
     <row r="16" spans="1:2">
       <c r="A16" t="s">
         <v>48</v>
       </c>
       <c r="B16" t="s">
         <v>100</v>
       </c>
     </row>
     <row r="17" spans="1:2">
       <c r="A17" t="s">
         <v>101</v>
       </c>