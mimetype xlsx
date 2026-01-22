--- v0 (2025-12-14)
+++ v1 (2026-01-22)
@@ -262,66 +262,66 @@
   <si>
     <t>SE</t>
   </si>
   <si>
     <t>Njutafilms</t>
   </si>
   <si>
     <t>SK</t>
   </si>
   <si>
     <t>Magic Box</t>
   </si>
   <si>
     <t>TR</t>
   </si>
   <si>
     <t>Bir Film</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>Orman Çetesi</t>
+  </si>
+  <si>
+    <t>CA,FR</t>
+  </si>
+  <si>
     <t>Ekipa iz dzungle</t>
   </si>
   <si>
     <t>Героите на Джунглата</t>
   </si>
   <si>
     <t>AU,CA,GB,IE,NZ</t>
   </si>
   <si>
     <t>The Jungle Bunch</t>
-  </si>
-[...4 lines deleted...]
-    <t>Orman Çetesi</t>
   </si>
   <si>
     <t>CN</t>
   </si>
   <si>
     <t>虎皮萌企鹅</t>
   </si>
   <si>
     <t>BR</t>
   </si>
   <si>
     <t>Uma floresta muito louca</t>
   </si>
   <si>
     <t>Junglebanden</t>
   </si>
   <si>
     <t>AT,DE</t>
   </si>
   <si>
     <t>Die Dschungelhelden - Das grosse Kinoabenteuer</t>
   </si>
   <si>
     <t>CO,MX</t>
   </si>
@@ -1732,83 +1732,83 @@
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B29"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="14.7109375" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="44.42578125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" t="s">
-        <v>33</v>
+        <v>78</v>
       </c>
       <c r="B2" t="s">
         <v>82</v>
       </c>
     </row>
     <row r="3" spans="1:2">
       <c r="A3" t="s">
-        <v>37</v>
+        <v>83</v>
       </c>
       <c r="B3" t="s">
-        <v>83</v>
+        <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:2">
       <c r="A4" t="s">
+        <v>33</v>
+      </c>
+      <c r="B4" t="s">
         <v>84</v>
-      </c>
-[...1 lines deleted...]
-        <v>85</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="A5" t="s">
-        <v>86</v>
+        <v>37</v>
       </c>
       <c r="B5" t="s">
-        <v>1</v>
+        <v>85</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="A6" t="s">
-        <v>78</v>
+        <v>86</v>
       </c>
       <c r="B6" t="s">
         <v>87</v>
       </c>
     </row>
     <row r="7" spans="1:2">
       <c r="A7" t="s">
         <v>88</v>
       </c>
       <c r="B7" t="s">
         <v>89</v>
       </c>
     </row>
     <row r="8" spans="1:2">
       <c r="A8" t="s">
         <v>90</v>
       </c>
       <c r="B8" t="s">
         <v>91</v>
       </c>
     </row>
     <row r="9" spans="1:2">
       <c r="A9" t="s">
         <v>45</v>
       </c>