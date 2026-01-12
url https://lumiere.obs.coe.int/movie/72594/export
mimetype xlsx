--- v0 (2025-12-22)
+++ v1 (2026-01-12)
@@ -256,123 +256,123 @@
   <si>
     <t>RO</t>
   </si>
   <si>
     <t>SE</t>
   </si>
   <si>
     <t>SI</t>
   </si>
   <si>
     <t>SK</t>
   </si>
   <si>
     <t>Itafilm</t>
   </si>
   <si>
     <t>TR</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>RS</t>
+  </si>
+  <si>
+    <t>Возач</t>
+  </si>
+  <si>
+    <t>UA</t>
+  </si>
+  <si>
+    <t>На драйвi</t>
+  </si>
+  <si>
+    <t>Зад волана</t>
+  </si>
+  <si>
+    <t>AT,AU,CA,CZ,DE,ES,FR,GB,GR,HK,IE,NL,NZ,PL,SE,SG,US</t>
+  </si>
+  <si>
+    <t>CA</t>
+  </si>
+  <si>
+    <t>Baby, le chauffeur</t>
+  </si>
+  <si>
+    <t>JP</t>
+  </si>
+  <si>
+    <t>ベイビー・ドライバー</t>
+  </si>
+  <si>
+    <t>BR</t>
+  </si>
+  <si>
+    <t>Em Ritmo de Fuga</t>
+  </si>
+  <si>
     <t>Tam Gaz</t>
   </si>
   <si>
-    <t>UA</t>
-[...28 lines deleted...]
-  <si>
     <t>Baby: El aprendiz del crimen</t>
   </si>
   <si>
     <t>AR,CL,CO,MX</t>
   </si>
   <si>
     <t>Baby, el aprendiz del crimen</t>
   </si>
   <si>
     <t>Põgenemise rütm</t>
   </si>
   <si>
     <t>Vozač</t>
   </si>
   <si>
     <t>Nyomd, Bébi, nyomd!</t>
   </si>
   <si>
     <t>Baby Driver - Il genio della fuga</t>
   </si>
   <si>
     <t>KR</t>
   </si>
   <si>
     <t>베이비 드라이버</t>
   </si>
   <si>
     <t>Vaikis ant ratu</t>
   </si>
   <si>
     <t>Zaļknābis pie stūres</t>
   </si>
   <si>
     <t>Baby Driver - Alta Velocidade</t>
-  </si>
-[...4 lines deleted...]
-    <t>Возач</t>
   </si>
   <si>
     <t>RU</t>
   </si>
   <si>
     <t>Малыш на драйве</t>
   </si>
   <si>
     <t>Voznik</t>
   </si>
   <si>
     <t>На драйві</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="### ### ##0"/>
   </numFmts>
   <fonts count="3">
     <font>
       <sz val="11"/>
       <color theme="1"/>
@@ -1728,211 +1728,211 @@
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B22"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="48.140625" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="28.42578125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" t="s">
-        <v>77</v>
+        <v>80</v>
       </c>
       <c r="B2" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
     </row>
     <row r="3" spans="1:2">
       <c r="A3" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="B3" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
     </row>
     <row r="4" spans="1:2">
       <c r="A4" t="s">
         <v>35</v>
       </c>
       <c r="B4" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="A5" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="B5" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="A6" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="B6" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
     </row>
     <row r="7" spans="1:2">
       <c r="A7" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="B7" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
     </row>
     <row r="8" spans="1:2">
       <c r="A8" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="B8" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
     </row>
     <row r="9" spans="1:2">
       <c r="A9" t="s">
-        <v>46</v>
+        <v>77</v>
       </c>
       <c r="B9" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
     </row>
     <row r="10" spans="1:2">
       <c r="A10" t="s">
-        <v>92</v>
+        <v>46</v>
       </c>
       <c r="B10" t="s">
         <v>93</v>
       </c>
     </row>
     <row r="11" spans="1:2">
       <c r="A11" t="s">
-        <v>44</v>
+        <v>94</v>
       </c>
       <c r="B11" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
     </row>
     <row r="12" spans="1:2">
       <c r="A12" t="s">
-        <v>53</v>
+        <v>44</v>
       </c>
       <c r="B12" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
     </row>
     <row r="13" spans="1:2">
       <c r="A13" t="s">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="B13" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
     </row>
     <row r="14" spans="1:2">
       <c r="A14" t="s">
-        <v>59</v>
+        <v>54</v>
       </c>
       <c r="B14" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
     </row>
     <row r="15" spans="1:2">
       <c r="A15" t="s">
-        <v>98</v>
+        <v>59</v>
       </c>
       <c r="B15" t="s">
         <v>99</v>
       </c>
     </row>
     <row r="16" spans="1:2">
       <c r="A16" t="s">
-        <v>61</v>
+        <v>100</v>
       </c>
       <c r="B16" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
     </row>
     <row r="17" spans="1:2">
       <c r="A17" t="s">
-        <v>64</v>
+        <v>61</v>
       </c>
       <c r="B17" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
     </row>
     <row r="18" spans="1:2">
       <c r="A18" t="s">
-        <v>70</v>
+        <v>64</v>
       </c>
       <c r="B18" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
     </row>
     <row r="19" spans="1:2">
       <c r="A19" t="s">
-        <v>103</v>
+        <v>70</v>
       </c>
       <c r="B19" t="s">
         <v>104</v>
       </c>
     </row>
     <row r="20" spans="1:2">
       <c r="A20" t="s">
         <v>105</v>
       </c>
       <c r="B20" t="s">
         <v>106</v>
       </c>
     </row>
     <row r="21" spans="1:2">
       <c r="A21" t="s">
         <v>74</v>
       </c>
       <c r="B21" t="s">
         <v>107</v>
       </c>
     </row>
     <row r="22" spans="1:2">
       <c r="A22" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="B22" t="s">
         <v>108</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>