--- v0 (2025-11-20)
+++ v1 (2026-02-01)
@@ -202,50 +202,56 @@
   <si>
     <t>NO</t>
   </si>
   <si>
     <t>Tour de Force</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>Imperial Cinepix</t>
   </si>
   <si>
     <t>SE</t>
   </si>
   <si>
     <t>SK</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>TR</t>
+  </si>
+  <si>
+    <t>Ezeli Rekabet</t>
+  </si>
+  <si>
     <t>AU,CA,FR,GB,HK,IE,NL,NZ,SE,US</t>
   </si>
   <si>
     <t>Lyciu kova</t>
   </si>
   <si>
     <t>Tran Chien Gioi Tinh</t>
   </si>
   <si>
     <t>CN</t>
   </si>
   <si>
     <t>性别之战</t>
   </si>
   <si>
     <t>AR,CL,ES,MX</t>
   </si>
   <si>
     <t>La batalla de los sexos</t>
   </si>
   <si>
     <t>AT,DE</t>
   </si>
   <si>
     <t>Battle of the Sexes - Gegen jede Regel</t>
@@ -287,56 +293,50 @@
     <t>La battaglia dei sessi</t>
   </si>
   <si>
     <t>JP</t>
   </si>
   <si>
     <t>バトル・オブ・ザ・セクシーズ</t>
   </si>
   <si>
     <t>Lyčių kova</t>
   </si>
   <si>
     <t>Wojna płci</t>
   </si>
   <si>
     <t>RO</t>
   </si>
   <si>
     <t>Bãtãlia sexelor</t>
   </si>
   <si>
     <t>RS</t>
   </si>
   <si>
     <t>Borba polova</t>
-  </si>
-[...4 lines deleted...]
-    <t>Ezeli Rekabet</t>
   </si>
   <si>
     <t>Η μάχη των φύλων</t>
   </si>
   <si>
     <t>UA</t>
   </si>
   <si>
     <t>Битва статей</t>
   </si>
   <si>
     <t>US</t>
   </si>
   <si>
     <t>The Battle of the Sexes</t>
   </si>
   <si>
     <t>RU</t>
   </si>
   <si>
     <t>Битва полов</t>
   </si>
 </sst>
 </file>
 
@@ -1378,170 +1378,170 @@
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B24"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="28.7109375" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="34.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" t="s">
         <v>62</v>
       </c>
       <c r="B2" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="3" spans="1:2">
+      <c r="A3" t="s">
+        <v>64</v>
+      </c>
+      <c r="B3" t="s">
         <v>1</v>
-      </c>
-[...3 lines deleted...]
-        <v>63</v>
       </c>
     </row>
     <row r="4" spans="1:2">
       <c r="B4" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
     </row>
     <row r="5" spans="1:2">
-      <c r="A5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="B5" t="s">
         <v>66</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="A6" t="s">
         <v>67</v>
       </c>
       <c r="B6" t="s">
         <v>68</v>
       </c>
     </row>
     <row r="7" spans="1:2">
       <c r="A7" t="s">
         <v>69</v>
       </c>
       <c r="B7" t="s">
         <v>70</v>
       </c>
     </row>
     <row r="8" spans="1:2">
       <c r="A8" t="s">
         <v>71</v>
       </c>
       <c r="B8" t="s">
         <v>72</v>
       </c>
     </row>
     <row r="9" spans="1:2">
       <c r="A9" t="s">
         <v>73</v>
       </c>
       <c r="B9" t="s">
         <v>74</v>
       </c>
     </row>
     <row r="10" spans="1:2">
       <c r="A10" t="s">
         <v>75</v>
       </c>
       <c r="B10" t="s">
         <v>76</v>
       </c>
     </row>
     <row r="11" spans="1:2">
       <c r="A11" t="s">
-        <v>37</v>
+        <v>77</v>
       </c>
       <c r="B11" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
     </row>
     <row r="12" spans="1:2">
       <c r="A12" t="s">
-        <v>78</v>
+        <v>37</v>
       </c>
       <c r="B12" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="13" spans="1:2">
       <c r="A13" t="s">
         <v>80</v>
       </c>
       <c r="B13" t="s">
         <v>81</v>
       </c>
     </row>
     <row r="14" spans="1:2">
       <c r="A14" t="s">
-        <v>46</v>
+        <v>82</v>
       </c>
       <c r="B14" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
     </row>
     <row r="15" spans="1:2">
       <c r="A15" t="s">
-        <v>83</v>
+        <v>46</v>
       </c>
       <c r="B15" t="s">
         <v>84</v>
       </c>
     </row>
     <row r="16" spans="1:2">
       <c r="A16" t="s">
-        <v>47</v>
+        <v>85</v>
       </c>
       <c r="B16" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
     </row>
     <row r="17" spans="1:2">
       <c r="A17" t="s">
-        <v>56</v>
+        <v>47</v>
       </c>
       <c r="B17" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
     </row>
     <row r="18" spans="1:2">
       <c r="A18" t="s">
-        <v>87</v>
+        <v>56</v>
       </c>
       <c r="B18" t="s">
         <v>88</v>
       </c>
     </row>
     <row r="19" spans="1:2">
       <c r="A19" t="s">
         <v>89</v>
       </c>
       <c r="B19" t="s">
         <v>90</v>
       </c>
     </row>
     <row r="20" spans="1:2">
       <c r="A20" t="s">
         <v>91</v>
       </c>
       <c r="B20" t="s">
         <v>92</v>
       </c>
     </row>
     <row r="21" spans="1:2">
       <c r="A21" t="s">
         <v>43</v>
       </c>