--- v0 (2025-12-02)
+++ v1 (2026-01-12)
@@ -217,54 +217,54 @@
   <si>
     <t>NOS Lusomundo Audiovisuais</t>
   </si>
   <si>
     <t>SE</t>
   </si>
   <si>
     <t>Svensk Filmindustri</t>
   </si>
   <si>
     <t>SI</t>
   </si>
   <si>
     <t>SK</t>
   </si>
   <si>
     <t>Magic Box</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>AU,CA,FR,GB,IE,NL,NZ,SE,US</t>
+  </si>
+  <si>
     <t>Pelnia zycia</t>
-  </si>
-[...1 lines deleted...]
-    <t>AU,CA,FR,GB,IE,NL,NZ,SE,US</t>
   </si>
   <si>
     <t>AR,CL,CO,ES</t>
   </si>
   <si>
     <t>Una razón para vivir</t>
   </si>
   <si>
     <t>BG</t>
   </si>
   <si>
     <t>Дишай</t>
   </si>
   <si>
     <t>BR</t>
   </si>
   <si>
     <t>Uma Razão Para Viver</t>
   </si>
   <si>
     <t>CA</t>
   </si>
   <si>
     <t>Inspire</t>
   </si>
@@ -1425,60 +1425,60 @@
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B24"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="25.7109375" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="21" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
+      <c r="A2" t="s">
+        <v>67</v>
+      </c>
       <c r="B2" t="s">
-        <v>67</v>
+        <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:2">
-      <c r="A3" t="s">
+      <c r="B3" t="s">
         <v>68</v>
-      </c>
-[...1 lines deleted...]
-        <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:2">
       <c r="A4" t="s">
         <v>69</v>
       </c>
       <c r="B4" t="s">
         <v>70</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="A5" t="s">
         <v>71</v>
       </c>
       <c r="B5" t="s">
         <v>72</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="A6" t="s">
         <v>73</v>
       </c>
       <c r="B6" t="s">
         <v>74</v>
       </c>