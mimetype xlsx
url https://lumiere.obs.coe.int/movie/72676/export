--- v0 (2025-11-20)
+++ v1 (2026-01-21)
@@ -235,50 +235,56 @@
   <si>
     <t>NOS Lusomundo Audiovisuais</t>
   </si>
   <si>
     <t>SE</t>
   </si>
   <si>
     <t>SI</t>
   </si>
   <si>
     <t>Cinemania Group</t>
   </si>
   <si>
     <t>SK</t>
   </si>
   <si>
     <t>Continental Film</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>LT</t>
+  </si>
+  <si>
+    <t>Didzioji liga</t>
+  </si>
+  <si>
     <t>BG</t>
   </si>
   <si>
     <t>Болест от любов</t>
   </si>
   <si>
     <t>AT,AU,CA,DE,FR,GB,IE,NL,NZ,SE,SG,US</t>
   </si>
   <si>
     <t>CA</t>
   </si>
   <si>
     <t>Mal d'amour</t>
   </si>
   <si>
     <t>TR</t>
   </si>
   <si>
     <t>Aşk Denen Hastalık</t>
   </si>
   <si>
     <t>JP</t>
   </si>
   <si>
     <t>ビッグ・シック ぼくたちの大いなる目ざめ</t>
@@ -296,56 +302,50 @@
     <t>Un amor inseparable</t>
   </si>
   <si>
     <t>BR</t>
   </si>
   <si>
     <t>Doentes de Amor</t>
   </si>
   <si>
     <t>CL</t>
   </si>
   <si>
     <t>Por eso lo llaman amor</t>
   </si>
   <si>
     <t>Pekne blbe</t>
   </si>
   <si>
     <t>La gran enfermedad del amor</t>
   </si>
   <si>
     <t>Moja ljubavna prica</t>
   </si>
   <si>
     <t>Rögtönzött szerelem</t>
-  </si>
-[...4 lines deleted...]
-    <t>Didzioji liga</t>
   </si>
   <si>
     <t>I tak cię kocham</t>
   </si>
   <si>
     <t>Amor de Improviso</t>
   </si>
   <si>
     <t>Ljubezen na prvo bolezen</t>
   </si>
   <si>
     <t>RU</t>
   </si>
   <si>
     <t>Любовь - болезнь</t>
   </si>
   <si>
     <t>UA</t>
   </si>
   <si>
     <t>Кохання - хвороба</t>
   </si>
   <si>
     <t>The Big Sick - Il matrimonio si può evitare... l'amore no</t>
   </si>
@@ -1557,146 +1557,146 @@
     <col min="1" max="1" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="48.85546875" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" t="s">
         <v>73</v>
       </c>
       <c r="B2" t="s">
         <v>74</v>
       </c>
     </row>
     <row r="3" spans="1:2">
       <c r="A3" t="s">
         <v>75</v>
       </c>
       <c r="B3" t="s">
-        <v>1</v>
+        <v>76</v>
       </c>
     </row>
     <row r="4" spans="1:2">
       <c r="A4" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="B4" t="s">
-        <v>77</v>
+        <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="A5" t="s">
         <v>78</v>
       </c>
       <c r="B5" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="A6" t="s">
         <v>80</v>
       </c>
       <c r="B6" t="s">
         <v>81</v>
       </c>
     </row>
     <row r="7" spans="1:2">
+      <c r="A7" t="s">
+        <v>82</v>
+      </c>
       <c r="B7" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
     </row>
     <row r="8" spans="1:2">
       <c r="B8" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
     </row>
     <row r="9" spans="1:2">
-      <c r="A9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="B9" t="s">
         <v>85</v>
       </c>
     </row>
     <row r="10" spans="1:2">
       <c r="A10" t="s">
         <v>86</v>
       </c>
       <c r="B10" t="s">
         <v>87</v>
       </c>
     </row>
     <row r="11" spans="1:2">
       <c r="A11" t="s">
         <v>88</v>
       </c>
       <c r="B11" t="s">
         <v>89</v>
       </c>
     </row>
     <row r="12" spans="1:2">
       <c r="A12" t="s">
-        <v>35</v>
+        <v>90</v>
       </c>
       <c r="B12" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
     </row>
     <row r="13" spans="1:2">
       <c r="A13" t="s">
-        <v>41</v>
+        <v>35</v>
       </c>
       <c r="B13" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
     </row>
     <row r="14" spans="1:2">
       <c r="A14" t="s">
-        <v>49</v>
+        <v>41</v>
       </c>
       <c r="B14" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
     </row>
     <row r="15" spans="1:2">
       <c r="A15" t="s">
-        <v>51</v>
+        <v>49</v>
       </c>
       <c r="B15" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
     </row>
     <row r="16" spans="1:2">
       <c r="A16" t="s">
-        <v>94</v>
+        <v>51</v>
       </c>
       <c r="B16" t="s">
         <v>95</v>
       </c>
     </row>
     <row r="17" spans="1:2">
       <c r="A17" t="s">
         <v>62</v>
       </c>
       <c r="B17" t="s">
         <v>96</v>
       </c>
     </row>
     <row r="18" spans="1:2">
       <c r="A18" t="s">
         <v>64</v>
       </c>
       <c r="B18" t="s">
         <v>97</v>
       </c>
     </row>
     <row r="19" spans="1:2">
       <c r="A19" t="s">
         <v>67</v>
       </c>