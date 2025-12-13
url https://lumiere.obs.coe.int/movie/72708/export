--- v0 (2025-11-13)
+++ v1 (2025-12-13)
@@ -223,90 +223,90 @@
   <si>
     <t>M2 Films (PL)</t>
   </si>
   <si>
     <t>PT</t>
   </si>
   <si>
     <t>NOS Lusomundo Audiovisuais</t>
   </si>
   <si>
     <t>SE</t>
   </si>
   <si>
     <t>SI</t>
   </si>
   <si>
     <t>SK</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>Le Vent</t>
+  </si>
+  <si>
+    <t>Le Vin et le vent</t>
+  </si>
+  <si>
     <t>BE,CA,NL</t>
   </si>
   <si>
     <t>Retour en Bourgogne</t>
   </si>
   <si>
     <t>BG</t>
   </si>
   <si>
     <t>Сред лозята на Бургундия</t>
   </si>
   <si>
     <t>AU,CA,GB,IE,NO,NZ,US</t>
   </si>
   <si>
     <t>Back to Burgundy</t>
   </si>
   <si>
     <t>JP</t>
   </si>
   <si>
     <t>おかえり、ブルゴーニュへ</t>
   </si>
   <si>
     <t>CN</t>
   </si>
   <si>
     <t>浓情酒乡</t>
   </si>
   <si>
     <t>Ce qui nous noue</t>
   </si>
   <si>
     <t>Deux moi</t>
-  </si>
-[...4 lines deleted...]
-    <t>Le Vin et le vent</t>
   </si>
   <si>
     <t>AR,CL</t>
   </si>
   <si>
     <t>Entre viñedos</t>
   </si>
   <si>
     <t>AT,DE</t>
   </si>
   <si>
     <t>Der Wein und der Wind</t>
   </si>
   <si>
     <t>BR</t>
   </si>
   <si>
     <t>O Que nos Liga</t>
   </si>
   <si>
     <t>CO</t>
   </si>
   <si>
     <t>De regreso a Borgoña</t>
   </si>
@@ -1609,110 +1609,110 @@
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B30"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="21" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="29.28515625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" t="s">
+        <v>6</v>
+      </c>
+      <c r="B2" t="s">
         <v>69</v>
-      </c>
-[...1 lines deleted...]
-        <v>70</v>
       </c>
     </row>
     <row r="3" spans="1:2">
       <c r="A3" t="s">
-        <v>71</v>
+        <v>6</v>
       </c>
       <c r="B3" t="s">
-        <v>72</v>
+        <v>70</v>
       </c>
     </row>
     <row r="4" spans="1:2">
       <c r="A4" t="s">
-        <v>73</v>
+        <v>71</v>
       </c>
       <c r="B4" t="s">
-        <v>74</v>
+        <v>72</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="A5" t="s">
-        <v>75</v>
+        <v>73</v>
       </c>
       <c r="B5" t="s">
-        <v>76</v>
+        <v>74</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="A6" t="s">
-        <v>77</v>
+        <v>75</v>
       </c>
       <c r="B6" t="s">
-        <v>78</v>
+        <v>76</v>
       </c>
     </row>
     <row r="7" spans="1:2">
       <c r="A7" t="s">
-        <v>6</v>
+        <v>77</v>
       </c>
       <c r="B7" t="s">
-        <v>1</v>
+        <v>78</v>
       </c>
     </row>
     <row r="8" spans="1:2">
       <c r="A8" t="s">
-        <v>6</v>
+        <v>79</v>
       </c>
       <c r="B8" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
     </row>
     <row r="9" spans="1:2">
       <c r="A9" t="s">
         <v>6</v>
       </c>
       <c r="B9" t="s">
-        <v>80</v>
+        <v>1</v>
       </c>
     </row>
     <row r="10" spans="1:2">
       <c r="A10" t="s">
         <v>6</v>
       </c>
       <c r="B10" t="s">
         <v>81</v>
       </c>
     </row>
     <row r="11" spans="1:2">
       <c r="A11" t="s">
         <v>6</v>
       </c>
       <c r="B11" t="s">
         <v>82</v>
       </c>
     </row>
     <row r="12" spans="1:2">
       <c r="A12" t="s">
         <v>83</v>
       </c>
       <c r="B12" t="s">
         <v>84</v>
       </c>